--- v0 (2025-10-28)
+++ v1 (2026-02-06)
@@ -1,89 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00D91872" w:rsidRPr="00D91872" w:rsidRDefault="00D91872" w:rsidP="00D91872">
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00472F78" w:rsidRPr="008957F7" w:rsidRDefault="00111957">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
         <w:ind w:left="758"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="602C9DA1" wp14:editId="2AA817DC">
-[...1 lines deleted...]
-                <wp:effectExtent l="0" t="0" r="3175" b="4445"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="148181FA" wp14:editId="47640FEA">
+                <wp:extent cx="5302250" cy="523240"/>
+                <wp:effectExtent l="0" t="0" r="3175" b="635"/>
                 <wp:docPr id="2" name="Group 3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="5597656" cy="776976"/>
+                          <a:ext cx="5302250" cy="523240"/>
                           <a:chOff x="0" y="0"/>
-                          <a:chExt cx="8390" cy="824"/>
+                          <a:chExt cx="8350" cy="824"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="3" name="Rectangle 8"/>
                         <wps:cNvSpPr>
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="28" y="27"/>
                             <a:ext cx="8292" cy="766"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:srgbClr val="F1F1F1"/>
                           </a:solidFill>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
@@ -532,4709 +529,1316 @@
                           <a:extLst>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:round/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="7" name="Text Box 4"/>
                         <wps:cNvSpPr txBox="1">
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="19" y="22"/>
-                            <a:ext cx="8371" cy="783"/>
+                            <a:ext cx="8310" cy="783"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a14:hiddenLine>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w:rsidR="00D91872" w:rsidRDefault="00D91872" w:rsidP="00D91872">
+                            <w:p w:rsidR="00472F78" w:rsidRDefault="00E96571">
                               <w:pPr>
-                                <w:spacing w:before="120" w:after="0" w:line="250" w:lineRule="auto"/>
-                                <w:jc w:val="center"/>
+                                <w:spacing w:line="249" w:lineRule="auto"/>
+                                <w:ind w:left="2810" w:hanging="1556"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:sz w:val="28"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:sz w:val="28"/>
                                 </w:rPr>
-                                <w:t>DEMANDE DE PRIME DEPARTEMENTALE</w:t>
-[...16 lines deleted...]
-                                <w:t>D'APPRENTISSAGE</w:t>
+                                <w:t>DEMANDE DE PRIME DEPARTEMENTALE D'APPRENTISSAGE</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group id="Group 3" o:spid="_x0000_s1026" style="width:440.75pt;height:61.2pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="8390,824" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC7aXkqZggAAGkuAAAOAAAAZHJzL2Uyb0RvYy54bWzsWm2P2zYM/j5g/8HwxwFp/JrYQXNFe3cp&#10;BnRbsd5+gM9xEmOO5dm+S7ph/30kJTlKYsXq9QXYdi1wdmLmkfiQFEVaL1/tt4X1mNVNzsq57b5w&#10;bCsrU7bMy/Xc/u1uMYpsq2mTcpkUrMzm9sessV9dff/dy101yzy2YcUyqy0AKZvZrprbm7atZuNx&#10;k26ybdK8YFVWwsMVq7dJCx/r9XhZJztA3xZjz3Em4x2rl1XN0qxp4Nsb/tC+IvzVKkvbX1arJmut&#10;Ym7D3Fr6W9Pfe/w7vnqZzNZ1Um3yVEwjecIstklewqAd1E3SJtZDnZ9BbfO0Zg1btS9Sth2z1SpP&#10;M9IBtHGdE23e1uyhIl3Ws9266mgCak94ejJs+vPj+9rKl3Pbs60y2YKJaFTLR2p21XoGEm/r6kP1&#10;vub6we07lv7ewOPx6XP8vObC1v3uJ7YEuOShZUTNflVvEQKUtvZkgY+dBbJ9a6XwZRjG00k4sa0U&#10;nk2nE/jETZRuwI5nP0s3t+KHkR+DefFXkRfgT8bJjA9IkxSTQo3Az5oDlc3nUflhk1QZWahBogSV&#10;vqTyV/C/pFwXmRVxOklKctlwIq2SXW9AKntd12y3yZIlTMolHXC2AMt/gB8aMMMgsx7EHBDhTTl1&#10;ktvIi8HGROyEWO0oSmZV3bRvM7a18GZu1zBvslny+K5pOZtSBE3YsCJfLvKioA/1+v66qK3HBGJs&#10;4eJ/YYAjsaJE4ZLhzzgi/wamB2PgM5woxcxfsesFzhsvHi0m0XQULIJwFE+daOS48Zt44gRxcLP4&#10;GyfoBrNNvlxm5bu8zGT8uoGZUcVKwiOPItjaze049ELS/Wj2jaqkQ//6lNzmLSxnRb4FP+yEkhka&#10;9bZcgtrJrE3ygt+Pj6dPPgscyCuxAt7Lrc5d954tP4IH1AyMBP4OCy/cbFj9p23tYBGb280fD0md&#10;2VbxYwleFLtBgKsefQjCqQcfavXJvfokKVOAmtutbfHb65avlA9Vna83MJJLxJTsNcT0KifHwPnx&#10;WdF6QNH1jcIskGGG06FItMjlj6IGnFVdr54ST0Da+UoV+Z7Lo8mnLKIEU/rAgwmtLQMIMsNSuPl6&#10;KRbaOwBebQvINz+MLcSzdnThYXsQg3E6Mc+xNhYfESElEgR2J+LGGhxYljohDQ5Q2olocUJFyO+f&#10;D6zgHc4FzaaKmAYJ1jITpFgR0+jmmtKt8t2vnqvy7WjodlW+NTgq31oclW9XA2RIuKsyrsMypNxV&#10;OT9MCwKhc/Vkw9NHMkv3pXB/uIPlBbYwDi0mFWswrWMsQJDdydQBUhg+GmGgH4VpjwLjXRYGjlE4&#10;FOv1ZWHgEYVpHRlE5nn2LjZCRvcjDc1URBcjcTMlXaGla6amK/QEf+C5+DIrrtAUTK6Ic36EWXHL&#10;cLrJrm0LNtn3+BvYYiQteoO8xVTL19DN3IYFDb/fssfsjpFEi07BnwMLkLf4uAeJolQl0RdVOflU&#10;XivCE1Ldgi2fyiuX6kY1letmJ3HSgjUZKX2Y7wn2kELcWaSUBJZXDsZlwK84N/KhvJ6MaCp3CieV&#10;AWujCWl30tkSXUDJdk/ZMv0v9oVQyInt3/NW0GxzjnV9X03cX3FBiuTF66HiohKnfyv47SsuuSrL&#10;GlgWU8/11nO99a+pt2DPwIPsUG+RX/cHGSaloyf4wah/oeQ+3hTAzlDkh/B9X4PnOAV9QsHl+7Rz&#10;B1zK1YdqSi0AqJgQPSVdxdVVOOdQag2gg1KLgAtQahkwjSdQB/ZMS60DPF4Ink9KLQK0SGoVoEVS&#10;SwAq4HqmdFR3iaLyfE6uSroWSq279FAq6Vr9cMfcVZZ6LCPWcTttgKXyHjlBvwVxr91hXXCHo/JL&#10;i4YdHxM0bGYc5Jywf26eyn/kawPIUy0QadFUC1xCU22gCyJPNQEuFprYhq7oQVGsWns8FhuoBzJk&#10;Y+bcZz3V/TVYUEQYYfmqAagy75mYf8x/4GmU9FX+tWDH9OvBVPojV+O2/jH/opl1zpmv8q9HUy0A&#10;CmBjrAdL5V+LhR3QzpparMCE/0DlXzerwIT8QCVfi2TEfKAyr4Uyoj1QaddCHbHuafwBrHVg/cIy&#10;Fqq8g8v3R2SoEn8hukOVez2aSv4lNCP+8XVV51+X0FQT6IIyVC1wCUw1grL0QEH+3H3raS/+97pv&#10;+uYoRB52DiGl88bQ5d4e5nQSN2s0wttVLi5L2gF0CA5CN2s0ileXd5BZTeaOyRXRIXkaiQtVIT0a&#10;iQtVfTNVMQPSZMxU9SHSSdxMVcxiKA55ymTumKlI3ExVTEckbqYqphwSN1MV0wqJm6mKqQPFITWY&#10;qIq5gcTNVA2FqqGZqri6E7qZqrh+k/iRql+gU46kQKccN4X9rXLc88HIXTP60HrWNIQ7SflcXk8a&#10;x1BBCTtIAXnlgrgLhoENxQaa6mYteiE1NKQQg+LoogK4OyEVPkFQOo+kQl4ld8IaUPsMDH1qNgkk&#10;2+59b0VEgMhO/aClpaDEllc5WaH+4BsCsaiYysGOfEB5yfuAoEjeQ3hCbGB6fHExEhoakEOJOg1i&#10;XPIqryf8DgsKw5oLDhCHG0jy7AF1O7lTT5FeCMo9v/zBdfcpb7ieX/50Jxe/ynE7qKt4X/oOT5C9&#10;YXuL1h2l+Wy1e/hanl/6WufuRLqBDTVsW9TO9RTSC527i+QW5YnvgbrTc7jW4BjdF7T6iFHFW3bl&#10;OJ0T30a3UTAKvMntKHBubkavF9fBaLJwp+GNf3N9feMeH6fDQ3qff5zucsAs6J/IEEpcKcfi+BFD&#10;0I2OxT2fEMRTrQMnBNv9/R7cD53/Ew8LQqbgBwXhhh8ShBt+QBBuvuDhQDqRC+eZ6SiBOHuNB6bV&#10;z/Ty6HBC/OofAAAA//8DAFBLAwQUAAYACAAAACEA37R9ztwAAAAFAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPQUvDQBCF74L/YRnBm90kWgkxm1KKeiqCrSDepsk0Cc3Ohuw2Sf+9oxe9PBje471v8tVs&#10;OzXS4FvHBuJFBIq4dFXLtYGP/ctdCsoH5Ao7x2TgQh5WxfVVjlnlJn6ncRdqJSXsMzTQhNBnWvuy&#10;IYt+4Xpi8Y5usBjkHGpdDThJue10EkWP2mLLstBgT5uGytPubA28Tjit7+PncXs6bi5f++Xb5zYm&#10;Y25v5vUTqEBz+AvDD76gQyFMB3fmyqvOgDwSflW8NI2XoA4SSpIH0EWu/9MX3wAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQC7aXkqZggAAGkuAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQDftH3O3AAAAAUBAAAPAAAAAAAAAAAAAAAAAMAKAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAyQsAAAAA&#10;">
+              <v:group id="Group 3" o:spid="_x0000_s1026" style="width:417.5pt;height:41.2pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="8350,824" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCvDFnOWwgAAGkuAAAOAAAAZHJzL2Uyb0RvYy54bWzsWm2P2zYM/j5g/8HwxwFp/Jo4QXNFe3cp&#10;BnRbsd5+gM9xEmOO5dm+S7ph/30kJTlKYtnq9QXYdi1wdmLmEfmQlERaL18ddrn1mFZ1xoqF7b5w&#10;bCstErbKis3C/u1uOYpsq27iYhXnrEgX9se0tl9dff/dy305Tz22ZfkqrSwAKer5vlzY26Yp5+Nx&#10;nWzTXVy/YGVawMM1q3ZxAx+rzXhVxXtA3+Vjz3Em4z2rVmXFkrSu4dsb/tC+Ivz1Ok2aX9brOm2s&#10;fGGDbg39rejvPf4dX72M55sqLrdZItSIn6DFLs4KGLSFuomb2HqosguoXZZUrGbr5kXCdmO2XmdJ&#10;SjaANa5zZs3bij2UZMtmvt+ULU1A7RlPT4ZNfn58X1nZamF7tlXEO3ARjWr5SM2+3MxB4m1Vfijf&#10;V9w+uH3Hkt9reDw+f46fN1zYut//xFYAFz80jKg5rKsdQoDR1oE88LH1QHporAS+DH3H80JwVALP&#10;Qs/3AuGiZAt+vPhZsr0VP4x8+avIC1D1cTznA5KSQim0COKsPlJZfx6VH7ZxmZKHaiRKUOlLKn+F&#10;+IuLTZ5aEaeTpCSXNSfSKtj1FqTS11XF9ts0XoFSLtmA2gIs/wF+qMENg8x6kHNAnzdFjHguuY28&#10;GfgYiZ1OJicUxfOyqpu3KdtZeLOwK9CbfBY/vqsbzqYUQcia5dlqmeU5fag299d5ZT3GkGNLF/8L&#10;9BOxvEDhguHPOCL/BtSDMaSilDN/zVxw/BtvNlpOoukoWAbhaDZ1opHjzt7MJk4wC26Wf6OCbjDf&#10;ZqtVWrzLilTmrxuYOVXMJDzzKIOt/cKehV5Itp9oX6tGOvSvy8hd1sB0lme7hR21QvEcnXpbrMgd&#10;TZzl/H58qj7FLLAhr8QKRC/3Og/de7b6CBFQMXASZAlMvHCzZdWftrWHSWxh1388xFVqW/mPBUTR&#10;zA0ggayGPgTh1IMPlfrkXn0SFwlALezGtvjtdcNnyoeyyjZbGMklYgr2GnJ6nVFgoH5cK5oPKLu+&#10;UZoFMs1QHcpEi0L+JGsgWNX56in5BKRdzlSR77k8m3yaotr5Jp4nDzyZMKZlAsHKsBJhvlmJifYO&#10;gNe7HNabH8YW4ll7uvC0PYrBOK2Y51hbi4+IkBIJErsVcWcaHJiWWiENDlDaimhxQkXI79Znooj0&#10;WDZVxDRIMJe1GvUgzRQxjW2uKd0q393muSrfjoZuV+Vbg6PyrcVR+XY1QIaEuyrjOixDyl2V86Na&#10;kAhtqMdbvnxAThwKEf5wB9MLbGEcmkxKVuOyjrkASXYnlw6QwvTRCAP9KEx7FBivXxg4RuFQzNf9&#10;wsAjCtM8MojM19m7mREyhh9ZaGYihhiJmxnpCitdMzNdYSfEA1+L+1lxhaXgckWc8yPciluG8012&#10;ZVuwyb7H38AWI24wGuQtLrV8Dt0ubJjQ8Psde0zvGEk0GBT8ObAA6xYf9yiRF6okxqIqJ5/Ka0l4&#10;QqqdsOVTeeVS7aimcq12EifJWZ2S0Ud9z7CHDOLBIqUksLxyMC4DccW5kQ/l9WxEU7lzOGkMeBtd&#10;SLuT1pcYAspq95Qt0/9iXwiFnNj+PW8FzTbnWNd31cTdFRcskbx4PVZcVOJ0bwW/fcUlZ2VZA8ti&#10;6rneeq63/jX1FuwZeJId6y2K6+4kw0Xp5Al+MOpfKGuf0r3QNnhOl6BPKLh8n3bu0DiitfpYTakF&#10;ABUToqekq7jauuQSSq0BdFBqEdADpZYB09kE6sAOtdQ6wOOF4KVSahGgRVKrAC2SWgJQAdeh0knd&#10;JYrKS51clXQtlFp36aFU0rX24Y65rSz1WEas43baAEvlPXKCbg/iXrvF6gmHk/JLi4YdHxM0bGYc&#10;5ZywWzdP5T/ytQnkqR6ItGiqB/rQVB/okshTXYDdYE1uQ1f0aChWrR0Riw3UIxmyMXMZs54a/hos&#10;KCKMsHzVAVSZdyjmn/IfeBojfZV/Ldgp/Xowlf7I1YStf8q/aGZdcuar/OvRVA+AAdgY68BS+ddi&#10;YQe09aYWKzDhP1D512kVmJAfqORrkYyYD1TmtVBGtAcq7VqoE9Y9TTyAt46s90xjoco7hHx3RoYq&#10;8T3ZHarc69FU8vvQjPgPVf770FQX6JIyVD3QB6Y6QZl6oCB/7r51tBf/e903fXMUMg87h7Ck88ZQ&#10;f28P13QSN2s0wttVLi5L2gF0SA5CN2s0ileXd7CymuiOiyuiw+JpJC5MheXRSFyY6puZiisgKWNm&#10;qg+ZTuJmpuIqhuKwTpnojisViZuZissRiZuZiksOiZuZissKiZuZiksHisPSYGIqrg0kbmZqKEwN&#10;zUzF2Z3QzUzF+ZvET0z9Ap1yJAU65bgp7G6V454PRm6b0cfWs6Yh3ErK5/J61jiGCkr4QQrIKxfE&#10;XTAMbCg20FQ3a9ELqaEhhRgUR70G4O6ETPgEQRk8kgp5ldwJb0DtMzD0udskkGy7d70VEQkiO/WD&#10;npaCEltepbLC/ME3BGJSMZWDHfmA8ZL3AUGxeA/hCbEB9fjkYiQ0NCCHEnUa5LjkVV7P+B0WFI41&#10;FxwgDjeQFNkD5rZy55EioxCMe375g/PuU95wPb/8aU8ufpXjdlBX8b70HR51e8MOFs07SvPZag7w&#10;tTy/9LXO3YnlBjbUsG1RO9c4MdG5u0huUZ74Hqg9PYdzDY7RfkGzjxhVvGVHMsRxOmd2G91GwSjw&#10;JrejwLm5Gb1eXgejydKdhjf+zfX1jXt6nA4P6X3+cbr+hFnSP7FCKHmlHIvjRwzBNjoWxyl9PiHY&#10;e0KwOdwfIPww+D/xsCAEKT8oCDf8kCDc8AOCcPMFDwfSiVw4z0xHCcTZazwwrX6ml0fHE+JX/wAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAOPJd9rbAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FrwkAQ&#10;he+F/odlhN7qJlqLxGxEpO1JCtVC6W1MxiSYnQ3ZNYn/vtNe6mWYxxvefC9dj7ZRPXW+dmwgnkag&#10;iHNX1Fwa+Dy8Pi5B+YBcYOOYDFzJwzq7v0sxKdzAH9TvQ6kkhH2CBqoQ2kRrn1dk0U9dSyzeyXUW&#10;g8iu1EWHg4TbRs+i6FlbrFk+VNjStqL8vL9YA28DDpt5/NLvzqft9fuweP/axWTMw2TcrEAFGsP/&#10;MfziCzpkwnR0Fy68agxIkfA3xVvOFyKPssyeQGepvoXPfgAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQCvDFnOWwgAAGkuAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQDjyXfa2wAAAAQBAAAPAAAAAAAAAAAAAAAAALUKAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAvQsAAAAA&#10;">
                 <v:rect id="Rectangle 8" o:spid="_x0000_s1027" style="position:absolute;left:28;top:27;width:8292;height:766;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAOAEWXsQA&#10;AADaAAAADwAAAGRycy9kb3ducmV2LnhtbESPQWvCQBSE7wX/w/KEXoputKVodBNEFFpvGkG8PbLP&#10;JCT7NmTXmPbXdwuFHoeZ+YZZp4NpRE+dqywrmE0jEMS51RUXCs7ZfrIA4TyyxsYyKfgiB2kyelpj&#10;rO2Dj9SffCEChF2MCkrv21hKl5dk0E1tSxy8m+0M+iC7QuoOHwFuGjmPondpsOKwUGJL25Ly+nQ3&#10;gXKszTV/20WHl889X5ZZdhjab6Wex8NmBcLT4P/Df+0PreAVfq+EGyCTHwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEA8PeKu/0AAADiAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQAx3V9h0gAAAI8BAAALAAAAAAAAAAAAAAAAAC4BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQAzLwWeQQAAADkAAAAQAAAAAAAAAAAAAAAAACkCAABkcnMvc2hhcGV4&#10;bWwueG1sUEsBAi0AFAAGAAgAAAAhADgBFl7EAAAA2gAAAA8AAAAAAAAAAAAAAAAAmAIAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPUAAACJAwAAAAA=&#10;" fillcolor="#f1f1f1" stroked="f"/>
                 <v:shape id="AutoShape 7" o:spid="_x0000_s1028" style="position:absolute;width:8321;height:30;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="8321,30" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEACODJ0MEA&#10;AADaAAAADwAAAGRycy9kb3ducmV2LnhtbESPQYvCMBSE78L+h/AW9mbTXaRINYpIFfFmLXh9NM+2&#10;2ryUJtXuv98sCB6HmfmGWa5H04oH9a6xrOA7ikEQl1Y3XCkozrvpHITzyBpby6TglxysVx+TJaba&#10;PvlEj9xXIkDYpaig9r5LpXRlTQZdZDvi4F1tb9AH2VdS9/gMcNPKnzhOpMGGw0KNHW1rKu/5YBTc&#10;8izZFsfkuBsOp6Hb58WlzDKlvj7HzQKEp9G/w6/2QSuYwf+VcAPk6g8AAP//AwBQSwECLQAUAAYA&#10;CAAAACEA8PeKu/0AAADiAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQAx3V9h0gAAAI8BAAALAAAAAAAAAAAAAAAAAC4BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQAzLwWeQQAAADkAAAAQAAAAAAAAAAAAAAAAACkCAABkcnMvc2hhcGV4bWwu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAAjgydDBAAAA2gAAAA8AAAAAAAAAAAAAAAAAmAIAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPUAAACGAwAAAAA=&#10;" path="m8321,20l19,20r,10l8321,30r,-10xm8321,l,,,10r8321,l8321,xe" fillcolor="black" stroked="f">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="8321,20;19,20;19,30;8321,30;8321,20;8321,0;0,0;0,10;8321,10;8321,0" o:connectangles="0,0,0,0,0,0,0,0,0,0"/>
                 </v:shape>
                 <v:rect id="Rectangle 6" o:spid="_x0000_s1029" style="position:absolute;left:28;top:27;width:8292;height:5;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEA2KQrscQA&#10;AADaAAAADwAAAGRycy9kb3ducmV2LnhtbESPQWvCQBSE7wX/w/KEXopulLZodBNEFFpvGkG8PbLP&#10;JCT7NmTXmPbXdwuFHoeZ+YZZp4NpRE+dqywrmE0jEMS51RUXCs7ZfrIA4TyyxsYyKfgiB2kyelpj&#10;rO2Dj9SffCEChF2MCkrv21hKl5dk0E1tSxy8m+0M+iC7QuoOHwFuGjmPondpsOKwUGJL25Ly+nQ3&#10;gXKszTV/3UWHl889X5ZZdhjab6Wex8NmBcLT4P/Df+0PreANfq+EGyCTHwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEA8PeKu/0AAADiAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQAx3V9h0gAAAI8BAAALAAAAAAAAAAAAAAAAAC4BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQAzLwWeQQAAADkAAAAQAAAAAAAAAAAAAAAAACkCAABkcnMvc2hhcGV4&#10;bWwueG1sUEsBAi0AFAAGAAgAAAAhANikK7HEAAAA2gAAAA8AAAAAAAAAAAAAAAAAmAIAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPUAAACJAwAAAAA=&#10;" fillcolor="#f1f1f1" stroked="f"/>
                 <v:shape id="AutoShape 5" o:spid="_x0000_s1030" style="position:absolute;width:8350;height:824;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="8350,824" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAI0x9F8EA&#10;AADaAAAADwAAAGRycy9kb3ducmV2LnhtbESPQWsCMRSE74L/ITyhN80qRXRrFBG1Xt1Wen1sXne3&#10;Ji/LJq7pv28KgsdhZr5hVptojeip841jBdNJBoK4dLrhSsHnx2G8AOEDskbjmBT8kofNejhYYa7d&#10;nc/UF6ESCcI+RwV1CG0upS9rsugnriVO3rfrLIYku0rqDu8Jbo2cZdlcWmw4LdTY0q6m8lrcrIJ+&#10;9+p/LvF0xP1yWh2LdxO/CqPUyyhu30AEiuEZfrRPWsEc/q+kGyDXfwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEA8PeKu/0AAADiAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQAx3V9h0gAAAI8BAAALAAAAAAAAAAAAAAAAAC4BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQAzLwWeQQAAADkAAAAQAAAAAAAAAAAAAAAAACkCAABkcnMvc2hhcGV4bWwu&#10;eG1sUEsBAi0AFAAGAAgAAAAhACNMfRfBAAAA2gAAAA8AAAAAAAAAAAAAAAAAmAIAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPUAAACGAwAAAAA=&#10;" path="m8333,20r-12,l8321,796,29,796,29,30r-10,l19,796r,8l8321,804r,1l8333,805r,-785xm8350,r-29,l8321,10r21,l8342,814r-21,l10,814,10,10,,10,,814r,10l8321,824r29,l8350,814r,-804l8350,xe" fillcolor="black" stroked="f">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="8333,20;8321,20;8321,796;29,796;29,30;19,30;19,796;19,796;19,804;8321,804;8321,805;8333,805;8333,20;8350,0;8321,0;8321,10;8342,10;8342,814;8321,814;10,814;10,10;0,10;0,814;0,814;0,824;8321,824;8350,824;8350,814;8350,10;8350,0" o:connectangles="0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0,0"/>
                 </v:shape>
                 <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                   <v:stroke joinstyle="miter"/>
                   <v:path gradientshapeok="t" o:connecttype="rect"/>
                 </v:shapetype>
-                <v:shape id="Text Box 4" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;left:19;top:22;width:8371;height:783;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAyPk0w8MA&#10;AADaAAAADwAAAGRycy9kb3ducmV2LnhtbESPQWvCQBSE7wX/w/KE3upGD7aNriKiIBTEGA8en9ln&#10;sph9G7Orxn/fFQo9DjPzDTOdd7YWd2q9caxgOEhAEBdOGy4VHPL1xxcIH5A11o5JwZM8zGe9tymm&#10;2j04o/s+lCJC2KeooAqhSaX0RUUW/cA1xNE7u9ZiiLItpW7xEeG2lqMkGUuLhuNChQ0tKyou+5tV&#10;sDhytjLX7WmXnTOT598J/4wvSr33u8UERKAu/If/2hut4BNeV+INkLNfAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQDw94q7/QAAAOIBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAAAAAAAAAAAAAAAALgEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABAAAAAAAAAAAAAAAAAAKQIAAGRycy9zaGFwZXht&#10;bC54bWxQSwECLQAUAAYACAAAACEAyPk0w8MAAADaAAAADwAAAAAAAAAAAAAAAACYAgAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA9QAAAIgDAAAAAA==&#10;" filled="f" stroked="f">
+                <v:shape id="Text Box 4" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;left:19;top:22;width:8310;height:783;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAyPk0w8MA&#10;AADaAAAADwAAAGRycy9kb3ducmV2LnhtbESPQWvCQBSE7wX/w/KE3upGD7aNriKiIBTEGA8en9ln&#10;sph9G7Orxn/fFQo9DjPzDTOdd7YWd2q9caxgOEhAEBdOGy4VHPL1xxcIH5A11o5JwZM8zGe9tymm&#10;2j04o/s+lCJC2KeooAqhSaX0RUUW/cA1xNE7u9ZiiLItpW7xEeG2lqMkGUuLhuNChQ0tKyou+5tV&#10;sDhytjLX7WmXnTOT598J/4wvSr33u8UERKAu/If/2hut4BNeV+INkLNfAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQDw94q7/QAAAOIBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAAAAAAAAAAAAAAAALgEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABAAAAAAAAAAAAAAAAAAKQIAAGRycy9zaGFwZXht&#10;bC54bWxQSwECLQAUAAYACAAAACEAyPk0w8MAAADaAAAADwAAAAAAAAAAAAAAAACYAgAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA9QAAAIgDAAAAAA==&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w:rsidR="00D91872" w:rsidRDefault="00D91872" w:rsidP="00D91872">
+                      <w:p w:rsidR="00472F78" w:rsidRDefault="00E96571">
                         <w:pPr>
-                          <w:spacing w:before="120" w:after="0" w:line="250" w:lineRule="auto"/>
-                          <w:jc w:val="center"/>
+                          <w:spacing w:line="249" w:lineRule="auto"/>
+                          <w:ind w:left="2810" w:hanging="1556"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="28"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="28"/>
                           </w:rPr>
-                          <w:t>DEMANDE DE PRIME DEPARTEMENTALE</w:t>
-[...16 lines deleted...]
-                          <w:t>D'APPRENTISSAGE</w:t>
+                          <w:t>DEMANDE DE PRIME DEPARTEMENTALE D'APPRENTISSAGE</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D91872" w:rsidRPr="00D91872" w:rsidRDefault="00D91872" w:rsidP="00D91872">
-[...16 lines deleted...]
-        <w:ind w:left="2104" w:right="2143"/>
+    <w:p w:rsidR="00472F78" w:rsidRPr="008957F7" w:rsidRDefault="00472F78">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00472F78" w:rsidRPr="00CC2A8D" w:rsidRDefault="00E96571">
+      <w:pPr>
+        <w:pStyle w:val="Titre"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC2A8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>INFORMATIONS DIVERSES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472F78" w:rsidRPr="008957F7" w:rsidRDefault="00E96571" w:rsidP="00062112">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:spacing w:before="245"/>
+        <w:ind w:firstLine="597"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le Département de l'Aube </w:t>
+      </w:r>
+      <w:r w:rsidR="00E35B4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>alloue</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, sous conditions de revenus, des primes départementales aux apprenti</w:t>
+      </w:r>
+      <w:r w:rsidR="00715342">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(e)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s ayant conclu un contrat d'apprentissage.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472F78" w:rsidRPr="008957F7" w:rsidRDefault="00472F78">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00472F78" w:rsidRPr="008957F7" w:rsidRDefault="00472F78">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:spacing w:before="10"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00472F78" w:rsidRPr="008957F7" w:rsidRDefault="00E96571">
+      <w:pPr>
+        <w:ind w:left="2104" w:right="2142"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t>CONDITIONS ET CRITERES D'ATTRIBUTION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472F78" w:rsidRPr="008957F7" w:rsidRDefault="00472F78">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:spacing w:before="7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CC2A8D" w:rsidRPr="00CC2A8D" w:rsidRDefault="00CC2A8D" w:rsidP="00CC2A8D">
+      <w:pPr>
+        <w:spacing w:before="66"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC2A8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Sont concernés</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC2A8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les apprenti(e)s dont lui</w:t>
+      </w:r>
+      <w:r w:rsidR="00715342">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>/elle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC2A8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>-même ou sa famille est domicilié fiscalement dans l’Aube.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC2A8D" w:rsidRPr="00CC2A8D" w:rsidRDefault="00CC2A8D" w:rsidP="00CC2A8D">
+      <w:pPr>
+        <w:spacing w:before="66"/>
+        <w:ind w:firstLine="1134"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CC2A8D" w:rsidRPr="00CC2A8D" w:rsidRDefault="00CC2A8D" w:rsidP="00CC2A8D">
+      <w:pPr>
+        <w:spacing w:before="66"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC2A8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Les apprenti(e)s doivent être inscrits dans un centre de formation d’apprenti</w:t>
+      </w:r>
+      <w:r w:rsidR="00715342">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(e)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC2A8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s ou une unité de formation d’apprenti</w:t>
+      </w:r>
+      <w:r w:rsidR="00715342">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(e)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC2A8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s et y préparant un diplôme professionnel dans le cadre de la formation en alternance (contrat d’apprentissage). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC2A8D" w:rsidRPr="00CC2A8D" w:rsidRDefault="00CC2A8D" w:rsidP="00CC2A8D">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003447D4" w:rsidRPr="003447D4" w:rsidRDefault="003447D4" w:rsidP="003447D4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003447D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En sont exclus, les jeunes bénéficiant d’une mesure de placement ou d’un contrat jeune majeur auprès du service de l’Aide Sociale à l’Enfance du département et les jeunes ayant signé un contrat de professionnalisation ou de qualification. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472F78" w:rsidRDefault="00472F78">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D04050" w:rsidRDefault="00D04050" w:rsidP="00062112">
+      <w:pPr>
+        <w:ind w:right="152" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D04050">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le calcul de la prime se fait sur la base de l’avis d’imposition ou de non-imposition (revenu fiscal de référence) de l’année N-1 divisé par le nombre de personnes composant le foyer </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04050">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>au moment de la demande</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC603E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC603E" w:rsidRPr="00AC603E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>(nombre de personnes figurant sur le formulaire de demande)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04050">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le plafond </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2A8D" w:rsidRPr="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>maximum</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2A8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de ressources </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>à ne pas dépasser est de 8 601€</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2A8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B371A2" w:rsidRDefault="00B371A2" w:rsidP="00062112">
+      <w:pPr>
+        <w:ind w:right="152" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B371A2" w:rsidRPr="00ED6CC4" w:rsidRDefault="00B371A2" w:rsidP="00062112">
+      <w:pPr>
+        <w:ind w:right="152" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED6CC4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le montant de la prime est fixé à 300€. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC2A8D" w:rsidRPr="008957F7" w:rsidRDefault="00CC2A8D">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:spacing w:before="9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00472F78" w:rsidRPr="008957F7" w:rsidRDefault="00E96571">
+      <w:pPr>
+        <w:pStyle w:val="Titre1"/>
+        <w:spacing w:before="153"/>
+        <w:ind w:right="2152"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="thick"/>
         </w:rPr>
-      </w:pPr>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>DEPOT DES DOSSIERS ET EXAMEN DES DEMANDES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472F78" w:rsidRPr="008957F7" w:rsidRDefault="00472F78">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:spacing w:before="11"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00472F78" w:rsidRPr="008957F7" w:rsidRDefault="00E96571" w:rsidP="00062112">
+      <w:pPr>
+        <w:ind w:right="152" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La date limite de dépôt des dossiers est fixée au </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">30 AVRIL dernier délai. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Aucun accusé de réception ne sera délivré.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472F78" w:rsidRPr="008957F7" w:rsidRDefault="00472F78">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:spacing w:before="10"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008957F7" w:rsidRPr="008957F7" w:rsidRDefault="008957F7" w:rsidP="00062112">
+      <w:pPr>
+        <w:spacing w:before="66"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Les dossiers seront étudiés dès </w:t>
+      </w:r>
+      <w:r w:rsidR="00715342">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">leur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">réception </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">par la Direction Insertion Logement – Service Animation de l’offre d’Insertion. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Une seule prime est allouée pour toute la durée d'apprentissage</w:t>
+      </w:r>
+      <w:r w:rsidR="00E35B4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, même si la formation dure trois ans ou si l’apprenti(e) effectue ensuite une autre formation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472F78" w:rsidRPr="008957F7" w:rsidRDefault="00472F78">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="112" w:right="153"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00472F78" w:rsidRPr="008957F7" w:rsidRDefault="00472F78">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00472F78" w:rsidRPr="008957F7" w:rsidRDefault="00E96571">
+      <w:pPr>
+        <w:pStyle w:val="Titre1"/>
+        <w:spacing w:before="129"/>
+        <w:ind w:right="2147"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t>VERSEMENT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472F78" w:rsidRPr="008957F7" w:rsidRDefault="00472F78">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:spacing w:before="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00472F78" w:rsidRPr="008957F7" w:rsidRDefault="00E96571" w:rsidP="00062112">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:ind w:right="150" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La prime éventuellement </w:t>
+      </w:r>
+      <w:r w:rsidR="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>accordée</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fera l'objet d'un versement unique </w:t>
+      </w:r>
+      <w:r w:rsidR="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sous </w:t>
+      </w:r>
+      <w:r w:rsidR="00062112">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>conditions</w:t>
+      </w:r>
+      <w:r w:rsidR="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d’envoi </w:t>
+      </w:r>
+      <w:r w:rsidR="00715342">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">par voie postale </w:t>
+      </w:r>
+      <w:r w:rsidR="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de la fiche de paie </w:t>
+      </w:r>
+      <w:r w:rsidR="00715342">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>du</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2A8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mois précédent </w:t>
+      </w:r>
+      <w:r w:rsidR="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>la date de la notification d’</w:t>
+      </w:r>
+      <w:r w:rsidR="00062112">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>attribution</w:t>
+      </w:r>
+      <w:r w:rsidR="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472F78" w:rsidRPr="008957F7" w:rsidRDefault="00472F78">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00472F78" w:rsidRPr="008957F7" w:rsidRDefault="00E96571">
+      <w:pPr>
+        <w:pStyle w:val="Titre1"/>
+        <w:spacing w:before="129"/>
+        <w:ind w:right="2148"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t>DIVERS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472F78" w:rsidRPr="008957F7" w:rsidRDefault="00472F78">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:spacing w:before="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...10 lines deleted...]
-          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00472F78" w:rsidRPr="008957F7" w:rsidRDefault="00E96571">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:ind w:left="112"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Pour toute précision supplémentaire s'adresser à :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472F78" w:rsidRPr="00CC2A8D" w:rsidRDefault="00472F78">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:spacing w:before="4"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00472F78" w:rsidRPr="008957F7" w:rsidRDefault="00E96571" w:rsidP="00154B1E">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:spacing w:line="370" w:lineRule="atLeast"/>
+        <w:ind w:left="3964" w:right="2465" w:hanging="1696"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Mo</w:t>
+      </w:r>
+      <w:r w:rsidR="00154B1E" w:rsidRPr="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>nsieur le Président du Conseil D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>épartemental Pôle des Solidarités</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472F78" w:rsidRPr="008957F7" w:rsidRDefault="00CC2A8D">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:ind w:left="2671" w:right="2660" w:firstLine="393"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Service a</w:t>
+      </w:r>
+      <w:r w:rsidR="00E96571" w:rsidRPr="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>nimation de l’offre d’insertion Cité a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dministrative des </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Vassaules</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – CP</w:t>
+      </w:r>
+      <w:r w:rsidR="00E96571" w:rsidRPr="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E96571" w:rsidRPr="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>50770</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472F78" w:rsidRPr="008957F7" w:rsidRDefault="00E96571">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:spacing w:before="2" w:line="252" w:lineRule="exact"/>
+        <w:ind w:left="2104" w:right="2092"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>10026 TROYES CEDEX</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472F78" w:rsidRPr="008957F7" w:rsidRDefault="00E96571">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:spacing w:line="252" w:lineRule="exact"/>
+        <w:ind w:left="2104" w:right="2093"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Tél. 03 25 42 49</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-7"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:u w:val="thick"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D91872">
-[...18 lines deleted...]
-          <w:u w:val="thick"/>
+      <w:r w:rsidRPr="008957F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>09</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00472F78" w:rsidRDefault="00111957">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="2104" w:right="2094"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487588864" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>808990</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>187960</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6033770" cy="643255"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="1" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6033770" cy="643255"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6096" cmpd="dbl">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="00472F78" w:rsidRDefault="00E96571">
+                            <w:pPr>
+                              <w:spacing w:before="134"/>
+                              <w:ind w:left="871" w:right="917"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="18"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="18"/>
+                              </w:rPr>
+                              <w:t>GARDEZ CETTE FEUILLE SVP !</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="00472F78" w:rsidRDefault="00E96571">
+                            <w:pPr>
+                              <w:spacing w:before="117"/>
+                              <w:ind w:left="871" w:right="924"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="18"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:sz w:val="18"/>
+                              </w:rPr>
+                              <w:t>LES INFORMATIONS CONTENUES VOUS SERONT UTILES APRES AVOIR RENDU VOTRE DOSSIER</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Text Box 2" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:63.7pt;margin-top:14.8pt;width:475.1pt;height:50.65pt;z-index:-15727616;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBRX58RjQIAACoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1vmzAQ/j5p/8Hy9xRIaJqikqoLyTSp&#10;e5Ha/QCDTbBmbM92At20/76zgTRdv0zT+GAOfPfcPXePfXPbtwIdmbFcyRwnFzFGTFaKcrnP8dfH&#10;3WyFkXVEUiKUZDl+Yhbfrt++uel0xuaqUYIygwBE2qzTOW6c01kU2aphLbEXSjMJm7UyLXHwafYR&#10;NaQD9FZE8zheRp0yVBtVMWvhbzFs4nXAr2tWuc91bZlDIsdQmwurCWvp12h9Q7K9Ibrh1VgG+Ycq&#10;WsIlJD1BFcQRdDD8FVTLK6Osqt1FpdpI1TWvWOAAbJL4DzYPDdEscIHmWH1qk/1/sNWn4xeDOIXZ&#10;YSRJCyN6ZL1D71SP5r47nbYZOD1ocHM9/PaenqnV96r6ZpFUm4bIPbszRnUNIxSqS3xkdBY64FgP&#10;UnYfFYU05OBUAOpr03pAaAYCdJjS02kyvpQKfi7jxeLqCrYq2Fumi/nlZUhBsilaG+veM9Uib+TY&#10;wOQDOjneW+erIdnk4pNJteNChOkLiTqf4XoJ8K2GVtBSDBSV4NT7Bb5mX26EQUfipRSesQR77uaT&#10;FMQ2g1/Y8m4ka7kDpQve5nh1iiaZ79hW0uDiCBeDDdUK6aOgAVD/aA2K+nkdX29X21U6S+fL7SyN&#10;i2J2t9uks+UuubosFsVmUyS/PIEkzRpOKZOew6TuJP079YznbNDlSd8vuNrzluzC87ol0csywiSA&#10;1fQO7IJUvDoGnbi+7EdNQl+8jEpFn0A7RsFoQQVw4YDRKPMDow4Ob47t9wMxDCPxQYL+/EmfDDMZ&#10;5WQQWUFojh1Gg7lxw41w0IbvG0AeFC7VHWi05kE+z1WMyoYDGTiMl4c/8effwev5ilv/BgAA//8D&#10;AFBLAwQUAAYACAAAACEAewWYcd8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8&#10;g7VI3KhNqBoa4lRQgcQNGipV3Jx4SSLidRQ7bfh7tie4zWifZmfyzex6ccQxdJ403C4UCKTa244a&#10;DfuPl5t7ECEasqb3hBp+MMCmuLzITWb9iXZ4LGMjOIRCZjS0MQ6ZlKFu0Zmw8AMS37786ExkOzbS&#10;jubE4a6XiVIr6UxH/KE1A25brL/LyWlYPpV2iGH3XL5V0+e0fW3q7vCu9fXV/PgAIuIc/2A41+fq&#10;UHCnyk9kg+jZJ+mSUQ3JegXiDKg0ZVWxulNrkEUu/28ofgEAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQBRX58RjQIAACoFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQB7BZhx3wAAAAsBAAAPAAAAAAAAAAAAAAAAAOcEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAA8wUAAAAA&#10;" filled="f" strokeweight=".48pt">
+                <v:stroke linestyle="thinThin"/>
+                <v:textbox inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:p w:rsidR="00472F78" w:rsidRDefault="00E96571">
+                      <w:pPr>
+                        <w:spacing w:before="134"/>
+                        <w:ind w:left="871" w:right="917"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="18"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="18"/>
+                        </w:rPr>
+                        <w:t>GARDEZ CETTE FEUILLE SVP !</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="00472F78" w:rsidRDefault="00E96571">
+                      <w:pPr>
+                        <w:spacing w:before="117"/>
+                        <w:ind w:left="871" w:right="924"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="18"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="18"/>
+                        </w:rPr>
+                        <w:t>LES INFORMATIONS CONTENUES VOUS</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:sz w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> SERONT UTILES APRES AVOIR RENDU VOTRE DOSSIER</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00E96571">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+        </w:rPr>
+        <w:t>Mail :</w:t>
+      </w:r>
+      <w:r w:rsidR="00E96571">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D91872">
-[...1184 lines deleted...]
-        <w:r w:rsidRPr="00D91872">
+      <w:ins w:id="0" w:author="Saussard Stephanie" w:date="2025-12-22T10:18:00Z">
+        <w:r w:rsidR="005A6409">
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="005A6409">
+          <w:instrText xml:space="preserve"> HYPERLINK "mailto:inser@aube.fr" \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="005A6409">
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="005A6409">
           <w:rPr>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:rFonts w:ascii="Arial"/>
           </w:rPr>
-          <w:t>(inser@aube.fr)</w:t>
+          <w:t>prime.apprentissage</w:t>
         </w:r>
-      </w:hyperlink>
-[...2927 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+        <w:r w:rsidR="005A6409">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial"/>
+          </w:rPr>
+          <w:t>@aube.fr</w:t>
+        </w:r>
+        <w:r w:rsidR="005A6409">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:ins>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:sectPr w:rsidR="00472F78" w:rsidSect="00CC2A8D">
+      <w:type w:val="continuous"/>
+      <w:pgSz w:w="11900" w:h="16840"/>
+      <w:pgMar w:top="284" w:right="1020" w:bottom="280" w:left="1020" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...130 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:trackRevisions/>
+  <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
+    <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D91872"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00FD5B23"/>
+    <w:rsidRoot w:val="00472F78"/>
+    <w:rsid w:val="00000A53"/>
+    <w:rsid w:val="00062112"/>
+    <w:rsid w:val="0010106A"/>
+    <w:rsid w:val="00111957"/>
+    <w:rsid w:val="00154B1E"/>
+    <w:rsid w:val="00196402"/>
+    <w:rsid w:val="003447D4"/>
+    <w:rsid w:val="00472F78"/>
+    <w:rsid w:val="00513CFB"/>
+    <w:rsid w:val="005A6409"/>
+    <w:rsid w:val="00645C88"/>
+    <w:rsid w:val="00715342"/>
+    <w:rsid w:val="008957F7"/>
+    <w:rsid w:val="00917864"/>
+    <w:rsid w:val="00AC603E"/>
+    <w:rsid w:val="00B371A2"/>
+    <w:rsid w:val="00CC2A8D"/>
+    <w:rsid w:val="00D04050"/>
+    <w:rsid w:val="00D6181B"/>
+    <w:rsid w:val="00E35B4D"/>
+    <w:rsid w:val="00E737C3"/>
+    <w:rsid w:val="00E96571"/>
+    <w:rsid w:val="00ED6CC4"/>
+    <w:rsid w:val="00F34E1E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -5335,122 +1939,197 @@
     <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:left="2104"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00D91872"/>
-[...8 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Corpsdetexte">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="219"/>
+      <w:ind w:left="2104" w:right="2143"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textedebulles">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TextedebullesCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00917864"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextedebullesCar">
+    <w:name w:val="Texte de bulles Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Textedebulles"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00917864"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="fr-FR"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -5551,121 +2230,207 @@
     <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:left="2104"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00D91872"/>
-[...8 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Corpsdetexte">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="219"/>
+      <w:ind w:left="2104" w:right="2143"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textedebulles">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TextedebullesCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00917864"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextedebullesCar">
+    <w:name w:val="Texte de bulles Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Textedebulles"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00917864"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="fr-FR"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:optimizeForBrowser/>
-  <w:allowPNG/>
+  <w:divs>
+    <w:div w:id="733819975">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:(inser@aube.fr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
@@ -5695,86 +2460,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -5910,65 +2673,81 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>486</Words>
-  <Characters>2676</Characters>
+  <Words>330</Words>
+  <Characters>1821</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>15</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>notice-prime-apprentissage</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Département de l Aube</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3156</CharactersWithSpaces>
+  <CharactersWithSpaces>2147</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Saussard Stephanie</dc:creator>
+  <dc:title>notice-prime-apprentissage</dc:title>
+  <dc:creator>saussard</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
+    <vt:filetime>2022-07-21T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
+    <vt:lpwstr>PDFCreator 3.0.2.8660</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
+    <vt:filetime>2023-05-22T00:00:00Z</vt:filetime>
+  </property>
+</Properties>
+</file>