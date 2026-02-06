--- v0 (2025-10-28)
+++ v1 (2026-02-06)
@@ -1455,51 +1455,51 @@
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve">Cité administrative des </w:t>
                               </w:r>
                               <w:proofErr w:type="spellStart"/>
                               <w:r w:rsidRPr="00510752">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                                 <w:t>Vassaules</w:t>
                               </w:r>
                               <w:proofErr w:type="spellEnd"/>
                               <w:r w:rsidRPr="00510752">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> – </w:t>
                               </w:r>
-                              <w:r w:rsidR="00E94C3D">
+                              <w:r w:rsidR="00EF0A0F">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                                 <w:t>B</w:t>
                               </w:r>
                               <w:r w:rsidR="00273814" w:rsidRPr="00B70995">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                                 <w:t>P</w:t>
                               </w:r>
                               <w:r w:rsidRPr="00510752">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> 50770 - 10026 TROYES</w:t>
                               </w:r>
                               <w:r w:rsidRPr="00510752">
                                 <w:rPr>
@@ -1559,57 +1559,67 @@
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> / </w:t>
                               </w:r>
                               <w:r w:rsidRPr="00510752">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                                 <w:t>Mail :</w:t>
                               </w:r>
                               <w:r w:rsidRPr="00510752">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial"/>
                                   <w:spacing w:val="-5"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:hyperlink r:id="rId10">
+                                <w:r w:rsidR="00EF0A0F">
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Arial"/>
+                                    <w:sz w:val="20"/>
+                                    <w:szCs w:val="20"/>
+                                  </w:rPr>
+                                  <w:t>prime.apprentissage</w:t>
+                                </w:r>
+                                <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+                                <w:bookmarkEnd w:id="0"/>
                                 <w:r w:rsidRPr="00510752">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial"/>
                                     <w:sz w:val="20"/>
                                     <w:szCs w:val="20"/>
                                   </w:rPr>
-                                  <w:t>inser@aube.fr</w:t>
+                                  <w:t>@aube.fr</w:t>
                                 </w:r>
                               </w:hyperlink>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:group id="Group 17" o:spid="_x0000_s1031" style="position:absolute;margin-left:57.65pt;margin-top:39pt;width:490.7pt;height:106.95pt;z-index:-15727104;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1156,2529" coordsize="9814,2139" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCQiGs73wgAAG0pAAAOAAAAZHJzL2Uyb0RvYy54bWzUmtuOo0gShu9H2ndAXO7KbZIzVrtH3XVo&#10;jdRzkIZ5AApjG60NDFBl94z23TciIV2RbgJn94xW2rqwcREkf8aXEWQm8fb78/FgvRRtV9bV2hZv&#10;HNsqqrzelNVubf+WPi5i2+r6rNpkh7oq1vbnorO/f/eP796emlXh1vv6sClaCxqputWpWdv7vm9W&#10;y2WX74tj1r2pm6KCk9u6PWY9/Gx3y02bnaD142HpOk64PNXtpmnrvOg6+O/9cNJ+J9vfbou8/3m7&#10;7YreOqxt0NbLz1Z+PuHn8t3bbLVrs2Zf5qOM7BtUHLOygptemrrP+sx6bssvmjqWeVt39bZ/k9fH&#10;Zb3dlnkh+wC9Ec5Vbz629XMj+7JbnXbNxU3g2is/fXOz+U8vv7RWuQF2kW1V2REYydta8Bucc2p2&#10;K7D52Da/Nr+0Qw/h8FOd/7uD08vr8/h7NxhbT6cf6w20lz33tXTOedsesQnotnWWDD5fGBTn3srh&#10;n6HriTgBVDmcE14Qu2EwUMr3gBKvEyIIbQtOu4GbqHMP4/VJLPzhYld48uwyWw03lmJHcdgzGHHd&#10;q1O7v+bUX/dZU0hWHTpMORWG/+DU9+AEaWMJqQpvD3bKqx11KTmDZh14/qYzJ5yiXEpc4gRyyF9c&#10;kq3y567/WNSSS/byqeuHiNjAkaS9GfWngGR7PEBw/GthOZZwEuFZQoh4DKGLnVB2/1xaqWOdLHn7&#10;sVXVmKuMZGOu4wvLdVxx3ZanzKAtabSHr6ELEGqXWwJwXZozLS1QdijNZ6TB0CKNsdIgWgazeWnA&#10;n7QGXmOkJcoOpcWMNKEzYLUJymDGb0LHIIQPYKeQUg6pcDl5OgdeHuUwJ09HwcujLFIRcvJ0FjCQ&#10;pgcdxCdFC1bTo87VabDyYFi/tpe6bEjoMHzH9yZjwqUwpBUjT6fBy6M0UpcLC1eH4XPecykMacXI&#10;02nw+QRSPHUfFxueToPV51EaM/o8HQevz6M8Uo8LDk/HweL1KI4ZvJ7OA/BGk7HrUR6pxwWHp+Pg&#10;5VEaM/J8HQcrz6c4Usg/088LX6fBxq5PYUir6dHn6zT4vOxTHKnPRYev0+D1URpz+nQcM/ooj9Tn&#10;ogOemfQ5BODcyeQSUBzSatp/gc6Dj46AAkkDLjoCnQevj+KY06fzmNFHgaQBFx6BzoN9tAUUx8yj&#10;LdR5gD5IHFOP3pACSUMuPkKdB86lJvmGFIe0muYb6jxAn8voo0DSkIuPUOfB66M45vTpPGb0USBp&#10;yMVHpPNwHW/afxHFIa2m/RfpPHh9EQWSRlx8RDoP3wkZfRSHtGL06TyEcOPJ4RdRHmnEhUek4+Dl&#10;URoz8mIdBysvpjjSmIuOWKfB0o0pjBm6sU6DpxtTHGnMRUes0+D1URpz+nQcM/oojzTmogOX42QV&#10;w0ZvQnHMRG+i8+D1JRRImnDRkeg8eH0Ux5w+nQfm5cnoSCiPNOGiI9Fx8PIojRl5wtF5sPqEQ4Gk&#10;cB0zvRKOToQdgcKhRGaGoHB0JjMaKRTQyAWJcHQqbJIRDsUyk2WEo4OZ0UjJgEYuUMTVCt13ouk8&#10;DbdSIQULfmk2nagh9SlDte/CzBSEoGhSuJCDjRtkJJxnRFI0syJ1NBDQrEjKBkRyMYO7ELpI5okn&#10;tOX6HO3r9TovUl+xC3bJLlwdDj8krxbt0BcGt6uzmfGkS+HApgwbN1crdzb9CG3pfpV/YMdwp/YE&#10;s73aJszP1bhPCEdWhnv+jtzpbeoOd2pTGOWwT5t6uLEHTYAVbioyxtAhNJb7zjeNISLRGOLIpGmM&#10;DWku95JvNo574dJcbSDPC8fxguZA2UQMkpPmZj3FDRA0h50Lk9ZxP0Kam3UV9wekuVlXcb2O5rDQ&#10;NhGDy2dpbtZVf+wqLENNWsfFJbYemHU1GLsKizST1nHpha3DmsnIfOxqaNbVcOwqrChMWsd1AoqJ&#10;zLqK83ZpbtZVnEejOUyATcTgtFaam3U1HrsK00OT1nHSh60nZl3FSZg0N+uqnBOhPU5lTOQIZ+wt&#10;zivMLhj7iw95owsu2UmYdVlc8tPwLul2PlMZShimKKFyFD4USB+GO405v4W3q9fvVVvbgveqT3hN&#10;tmqyHh8V6tA6re3hXdQe3t3hexw8c6xfirSWNj0+M5IIwCNReF4Pd361OFS65TgQL5bqvPpuZIv4&#10;lKbtqbPqW7OCfeThruqs+tas4OnomtndaI/01tzy1r2H8Xdb42B3876jl03tcOYw6xvSZ3PLqxbz&#10;Q90VcpC9jo6B0DDCgLcC+Wqgo0xiXKMQQ3Vafav2RjOY28+NjEtzsO03b4mLBDkezexM72tqNy9u&#10;0GZic+N+hp1UZpcX08r76ltRwFWL9Jq55Q3/fjFS1C3V4IJshylMTl0vuQxTIHln3tWHcvNYHg6Y&#10;wbp293R3aK2XDMtN5N84ZjSzg5wFVzVepoYUXg4v7Md0ia/uZfnInwnM7J0PbrJ4DONo4T/6wSKJ&#10;nHjhiORDEjp+4t8//gcTqfBX+3KzKapPZVWoUhbhm1U1jEU1QxGKLGaRyTqAx4Ds1zd0EmpXqo2M&#10;0H2RbR7G4z4rD8PxUlcsnQzdVt/SEVCxMZQ/DOUaT/XmM5RCtPVQxgNlR3Cwr9s/bOsEJTxru/v9&#10;OWsL2zr8UEE5RyJ8fA3Vyx9+EMFjwmrpmSd6JqtyaGpt9zYsZPDwrh/qhJ6bttzt4U5C+qKqsZRj&#10;W2KhhNQ3qBp/QEXJ/6q0BLL3UFqS4mj5UJ+toRiDVJZY/Rn+r5SPNSZWVd/tYa1WvG/b+oRwwFdD&#10;xiaXDr34ytKTEKbYEjkqwmqeJIpgawBLeaC8ST0VVBlQ0w6lJxYerG2cTkgPqzIUDL/RBAfhJV6y&#10;1VcFkJM8xA+xv/Dd8GHhO/f3i/ePd/4ifBRRcO/d393dCz2AMCz/egDNx82j/PsyOZCoGJIKOEFG&#10;hfz6f88Jx7KHar9DeVzb8SU7Zqu/LUH056ezLGaTkzMczV+ZMi7p4pIq4GBIE3DwN6YIWYsGNX0y&#10;3Y31h1g0SH/LlPJaJfnuvwAAAP//AwBQSwMEFAAGAAgAAAAhAOmAOdbhAAAACwEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8tqwzAQRfeF/oOYQneN7IQ87FoOIbRdhUKTQulOsSa2iTUylmI7f9/Jqlle&#10;5nDn3Gw92kb02PnakYJ4EoFAKpypqVTwfXh/WYHwQZPRjSNUcEUP6/zxIdOpcQN9Yb8PpeAS8qlW&#10;UIXQplL6okKr/cS1SHw7uc7qwLErpen0wOW2kdMoWkira+IPlW5xW2Fx3l+sgo9BD5tZ/Nbvzqft&#10;9fcw//zZxajU89O4eQURcAz/MNz0WR1ydjq6CxkvGs7xfMaoguWKN92AKFksQRwVTJM4AZln8n5D&#10;/gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCQiGs73wgAAG0pAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDpgDnW4QAAAAsBAAAPAAAAAAAAAAAA&#10;AAAAADkLAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAARwwAAAAA&#10;">
                 <v:shape id="AutoShape 19" o:spid="_x0000_s1032" style="position:absolute;left:1156;top:2529;width:9814;height:2050;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="9814,2050" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAzDboUMMA&#10;AADbAAAADwAAAGRycy9kb3ducmV2LnhtbESPT0sDMRDF74LfIYzQm81qVcratLQWYb1pFXodNuNm&#10;cTNZknT/fHvnIHibx7zfmzeb3eQ7NVBMbWADd8sCFHEdbMuNga/P19s1qJSRLXaBycBMCXbb66sN&#10;ljaM/EHDKTdKQjiVaMDl3Jdap9qRx7QMPbHsvkP0mEXGRtuIo4T7Tt8XxZP22LJccNjTi6P653Tx&#10;UqOvHt+rt0Oa47A6PsxnvrhxZcziZto/g8o05X/zH11Z4aSs/CID6O0vAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQDw94q7/QAAAOIBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAAAAAAAAAAAAAAAALgEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABAAAAAAAAAAAAAAAAAAKQIAAGRycy9zaGFwZXht&#10;bC54bWxQSwECLQAUAAYACAAAACEAzDboUMMAAADbAAAADwAAAAAAAAAAAAAAAACYAgAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA9QAAAIgDAAAAAA==&#10;" path="m9795,20r-10,l22,20r,10l22,2022r,8l9795,2030r,-8l29,2022,29,30r9756,l9785,2021r10,l9795,20xm9814,r-10,l9804,10r,2030l10,2040,10,10r9794,l9804,,,,,10,,2040r,10l9814,2050r,-10l9814,xe" fillcolor="black" stroked="f">
@@ -1738,51 +1748,51 @@
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                           <w:t xml:space="preserve">Cité administrative des </w:t>
                         </w:r>
                         <w:proofErr w:type="spellStart"/>
                         <w:r w:rsidRPr="00510752">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                           <w:t>Vassaules</w:t>
                         </w:r>
                         <w:proofErr w:type="spellEnd"/>
                         <w:r w:rsidRPr="00510752">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> – </w:t>
                         </w:r>
-                        <w:r w:rsidR="00E94C3D">
+                        <w:r w:rsidR="00EF0A0F">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                           <w:t>B</w:t>
                         </w:r>
                         <w:r w:rsidR="00273814" w:rsidRPr="00B70995">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                           <w:t>P</w:t>
                         </w:r>
                         <w:r w:rsidRPr="00510752">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> 50770 - 10026 TROYES</w:t>
                         </w:r>
                         <w:r w:rsidRPr="00510752">
                           <w:rPr>
@@ -1842,57 +1852,67 @@
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> / </w:t>
                         </w:r>
                         <w:r w:rsidRPr="00510752">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                           <w:t>Mail :</w:t>
                         </w:r>
                         <w:r w:rsidRPr="00510752">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial"/>
                             <w:spacing w:val="-5"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:hyperlink r:id="rId11">
+                          <w:r w:rsidR="00EF0A0F">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>prime.apprentissage</w:t>
+                          </w:r>
+                          <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+                          <w:bookmarkEnd w:id="1"/>
                           <w:r w:rsidRPr="00510752">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
-                            <w:t>inser@aube.fr</w:t>
+                            <w:t>@aube.fr</w:t>
                           </w:r>
                         </w:hyperlink>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DF0F7C" w:rsidRPr="00B70995" w:rsidRDefault="00DF0F7C">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="4"/>
         <w:rPr>
           <w:sz w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00784569" w:rsidRPr="00B70995" w:rsidRDefault="00784569">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
@@ -5261,67 +5281,51 @@
     <w:p w:rsidR="00DF0F7C" w:rsidRPr="00B70995" w:rsidRDefault="00A04951" w:rsidP="00005DE2">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="993"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B70995">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Enfants à charge </w:t>
       </w:r>
       <w:r w:rsidR="00005DE2" w:rsidRPr="00B70995">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>des parents</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">des parents </w:t>
       </w:r>
       <w:r w:rsidR="00B71C5B" w:rsidRPr="00B70995">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00B70995">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>y compris l'apprenti</w:t>
       </w:r>
       <w:r w:rsidR="00B71C5B" w:rsidRPr="00B70995">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(e))</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DF0F7C" w:rsidRPr="00B70995" w:rsidRDefault="00DF0F7C">
       <w:pPr>
@@ -7681,78 +7685,73 @@
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00350BEE" w:rsidRPr="00B70995" w:rsidRDefault="00350BEE" w:rsidP="00350BEE">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1206"/>
         </w:tabs>
         <w:ind w:right="1101" w:hanging="284"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00B70995">
         <w:t xml:space="preserve">Photocopie de </w:t>
       </w:r>
       <w:r w:rsidRPr="00B70995">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">l'avis d'imposition ou de non-imposition </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E83DC3">
+        <w:t>l'avis d'imposition ou de non-imposition 202</w:t>
+      </w:r>
+      <w:r w:rsidR="007C6CEF" w:rsidRPr="00B70995">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>N-1</w:t>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00B70995">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B70995">
-        <w:t>(</w:t>
-[...11 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:t xml:space="preserve">(revenus de l'année </w:t>
+      </w:r>
+      <w:r w:rsidR="007C6CEF" w:rsidRPr="00B70995">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>2023</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B70995">
         <w:t>) des parents ou du par</w:t>
       </w:r>
       <w:r w:rsidR="00F11B18" w:rsidRPr="00B70995">
         <w:t xml:space="preserve">ent ayant la charge de l’apprenti(e) </w:t>
       </w:r>
       <w:r w:rsidRPr="00B70995">
         <w:t>ou du tuteur légal et du</w:t>
       </w:r>
       <w:r w:rsidRPr="00B70995">
         <w:rPr>
           <w:spacing w:val="-17"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B70995">
         <w:t>concubin.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00350BEE" w:rsidRPr="00B70995" w:rsidRDefault="00350BEE" w:rsidP="00350BEE">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:sz w:val="21"/>
@@ -7775,75 +7774,105 @@
       <w:r w:rsidRPr="00B70995">
         <w:t>Si l</w:t>
       </w:r>
       <w:r w:rsidR="00F11B18" w:rsidRPr="00B70995">
         <w:t>’apprenti(e)</w:t>
       </w:r>
       <w:r w:rsidRPr="00B70995">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> est détaché</w:t>
       </w:r>
       <w:r w:rsidR="00F11B18" w:rsidRPr="00B70995">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>(e)</w:t>
       </w:r>
       <w:r w:rsidRPr="00B70995">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> du foyer fiscal parental </w:t>
       </w:r>
       <w:r w:rsidRPr="00B70995">
-        <w:t>produire une photocopie de son avis d'imposition.</w:t>
+        <w:t>produire une photocopie de son avis d'imposition 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00103069" w:rsidRPr="00B70995">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70995">
+        <w:t xml:space="preserve"> (revenus de l'année</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70995">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00103069" w:rsidRPr="00B70995">
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70995">
+        <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00350BEE" w:rsidRPr="00B70995" w:rsidRDefault="00350BEE" w:rsidP="00350BEE">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1969"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:right="1101" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00B70995">
         <w:t xml:space="preserve">Pour les </w:t>
       </w:r>
       <w:r w:rsidRPr="00B70995">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">artisans, commerçants et agriculteurs déficitaires </w:t>
+        <w:t>artisans, commerçants et agriculteurs déficitaires en 202</w:t>
+      </w:r>
+      <w:r w:rsidR="007C6CEF" w:rsidRPr="00B70995">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70995">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B70995">
         <w:t>joindre une photocopie des avis d'imposition ou de non-imposition relatifs aux trois années précédant la demande.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00350BEE" w:rsidRPr="00B70995" w:rsidRDefault="00350BEE" w:rsidP="00350BEE">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="2"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00350BEE" w:rsidRPr="00B70995" w:rsidRDefault="00350BEE" w:rsidP="00350BEE">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1204"/>
         </w:tabs>
         <w:ind w:right="1104" w:hanging="281"/>
@@ -7902,51 +7931,57 @@
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1206"/>
         </w:tabs>
         <w:ind w:right="1159" w:hanging="281"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00B70995">
         <w:t xml:space="preserve">Photocopie de la </w:t>
       </w:r>
       <w:r w:rsidRPr="00B70995">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">notification de rejet de </w:t>
       </w:r>
       <w:r w:rsidR="00995D91" w:rsidRPr="00B70995">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">France Travail </w:t>
+        <w:t>France Travail (ex Pôle Emploi)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70995">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B70995">
         <w:t>pour les enfants majeurs âgés de moins de 25 ans ayant terminé leurs études mais encore sans emploi depuis moins d'un</w:t>
       </w:r>
       <w:r w:rsidRPr="00B70995">
         <w:rPr>
           <w:spacing w:val="-34"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B70995">
         <w:t>an.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00350BEE" w:rsidRPr="00B70995" w:rsidRDefault="00350BEE" w:rsidP="00350BEE">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00350BEE" w:rsidRPr="00B70995" w:rsidRDefault="00350BEE" w:rsidP="00350BEE">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="1"/>
       </w:pPr>
     </w:p>
@@ -8001,58 +8036,58 @@
     </w:p>
     <w:p w:rsidR="00350BEE" w:rsidRDefault="00350BEE" w:rsidP="00350BEE">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="10"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DF0F7C" w:rsidRDefault="00DF0F7C" w:rsidP="00995CD1">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:ind w:left="2268"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00DF0F7C" w:rsidSect="00B32FE6">
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1985" w:right="580" w:bottom="280" w:left="460" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00C56C3C" w:rsidRDefault="00C56C3C" w:rsidP="00784569">
+    <w:p w:rsidR="00FE3B2B" w:rsidRDefault="00FE3B2B" w:rsidP="00784569">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00C56C3C" w:rsidRDefault="00C56C3C" w:rsidP="00784569">
+    <w:p w:rsidR="00FE3B2B" w:rsidRDefault="00FE3B2B" w:rsidP="00784569">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
@@ -8068,58 +8103,58 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00C56C3C" w:rsidRDefault="00C56C3C" w:rsidP="00784569">
+    <w:p w:rsidR="00FE3B2B" w:rsidRDefault="00FE3B2B" w:rsidP="00784569">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00C56C3C" w:rsidRDefault="00C56C3C" w:rsidP="00784569">
+    <w:p w:rsidR="00FE3B2B" w:rsidRDefault="00FE3B2B" w:rsidP="00784569">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0A493D8B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C644A5CE"/>
     <w:lvl w:ilvl="0" w:tplc="7974EBF4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
@@ -9011,155 +9046,149 @@
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="16385"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DF0F7C"/>
     <w:rsid w:val="00005DE2"/>
     <w:rsid w:val="000906AD"/>
     <w:rsid w:val="00103069"/>
     <w:rsid w:val="001840B1"/>
-    <w:rsid w:val="001F4985"/>
     <w:rsid w:val="0025625F"/>
     <w:rsid w:val="00273814"/>
     <w:rsid w:val="00280BA4"/>
     <w:rsid w:val="002A30F7"/>
     <w:rsid w:val="002B6B3A"/>
     <w:rsid w:val="002C2DD7"/>
     <w:rsid w:val="00303E3C"/>
     <w:rsid w:val="00331947"/>
     <w:rsid w:val="00350BEE"/>
     <w:rsid w:val="00387130"/>
     <w:rsid w:val="003C259E"/>
     <w:rsid w:val="003E49D2"/>
     <w:rsid w:val="00472171"/>
     <w:rsid w:val="004D68DD"/>
     <w:rsid w:val="00510752"/>
     <w:rsid w:val="00573A62"/>
     <w:rsid w:val="005768FC"/>
     <w:rsid w:val="00631477"/>
     <w:rsid w:val="00683F66"/>
     <w:rsid w:val="006D1F05"/>
     <w:rsid w:val="00745287"/>
     <w:rsid w:val="00784569"/>
     <w:rsid w:val="007A1DB9"/>
     <w:rsid w:val="007C6CEF"/>
     <w:rsid w:val="00817D92"/>
     <w:rsid w:val="008226DB"/>
     <w:rsid w:val="00827E4B"/>
     <w:rsid w:val="00877D72"/>
     <w:rsid w:val="00884A6F"/>
     <w:rsid w:val="00995CD1"/>
     <w:rsid w:val="00995D91"/>
     <w:rsid w:val="009A72BE"/>
     <w:rsid w:val="00A04951"/>
-    <w:rsid w:val="00A115E3"/>
     <w:rsid w:val="00A70309"/>
     <w:rsid w:val="00AD1553"/>
     <w:rsid w:val="00B06474"/>
     <w:rsid w:val="00B32FE6"/>
     <w:rsid w:val="00B55046"/>
     <w:rsid w:val="00B705D4"/>
     <w:rsid w:val="00B70995"/>
     <w:rsid w:val="00B71C5B"/>
     <w:rsid w:val="00B827FA"/>
     <w:rsid w:val="00BA642A"/>
     <w:rsid w:val="00BC012F"/>
     <w:rsid w:val="00C31CE4"/>
-    <w:rsid w:val="00C56C3C"/>
     <w:rsid w:val="00C61F03"/>
-    <w:rsid w:val="00DD4733"/>
     <w:rsid w:val="00DE6289"/>
     <w:rsid w:val="00DF0F7C"/>
-    <w:rsid w:val="00E83DC3"/>
-    <w:rsid w:val="00E94C3D"/>
     <w:rsid w:val="00E95088"/>
-    <w:rsid w:val="00E965F4"/>
     <w:rsid w:val="00EB47DD"/>
     <w:rsid w:val="00EC0CE9"/>
+    <w:rsid w:val="00EF0A0F"/>
     <w:rsid w:val="00F11B18"/>
     <w:rsid w:val="00F242DF"/>
     <w:rsid w:val="00F70D91"/>
     <w:rsid w:val="00F82577"/>
     <w:rsid w:val="00FE1846"/>
     <w:rsid w:val="00FE3B2B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="16385"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
@@ -10141,75 +10170,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1168</Words>
-  <Characters>6430</Characters>
+  <Words>1169</Words>
+  <Characters>6435</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>53</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>formulaire-prime-apprentissage</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7583</CharactersWithSpaces>
+  <CharactersWithSpaces>7589</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>formulaire-prime-apprentissage</dc:title>
   <dc:creator>saussard</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2022-07-21T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>PDFCreator 3.0.2.8660</vt:lpwstr>