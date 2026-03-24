--- v1 (2026-02-06)
+++ v2 (2026-03-24)
@@ -1,28 +1,29 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
@@ -1567,52 +1568,50 @@
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                                 <w:t>Mail :</w:t>
                               </w:r>
                               <w:r w:rsidRPr="00510752">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial"/>
                                   <w:spacing w:val="-5"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:hyperlink r:id="rId10">
                                 <w:r w:rsidR="00EF0A0F">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial"/>
                                     <w:sz w:val="20"/>
                                     <w:szCs w:val="20"/>
                                   </w:rPr>
                                   <w:t>prime.apprentissage</w:t>
                                 </w:r>
-                                <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-                                <w:bookmarkEnd w:id="0"/>
                                 <w:r w:rsidRPr="00510752">
                                   <w:rPr>
                                     <w:rFonts w:ascii="Arial"/>
                                     <w:sz w:val="20"/>
                                     <w:szCs w:val="20"/>
                                   </w:rPr>
                                   <w:t>@aube.fr</w:t>
                                 </w:r>
                               </w:hyperlink>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
@@ -7512,51 +7511,67 @@
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="28"/>
                           </w:rPr>
                           <w:t>PIECES A JOINDRE OBLIGATOIREMENT A LA DEMANDE</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w:rsidR="00350BEE" w:rsidRPr="00B70995" w:rsidRDefault="00350BEE" w:rsidP="00350BEE">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B32FE6" w:rsidRPr="00B70995" w:rsidRDefault="00B32FE6" w:rsidP="00350BEE">
+    <w:p w:rsidR="00B32FE6" w:rsidRDefault="00B32FE6" w:rsidP="00350BEE">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRDefault="00567F12" w:rsidP="00350BEE">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRPr="00B70995" w:rsidRDefault="00567F12" w:rsidP="00350BEE">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00350BEE" w:rsidRPr="00B70995" w:rsidRDefault="00350BEE" w:rsidP="00350BEE">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1194"/>
         </w:tabs>
         <w:spacing w:before="197"/>
         <w:ind w:right="1103" w:hanging="281"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00B70995">
         <w:t xml:space="preserve">Photocopie du </w:t>
       </w:r>
       <w:r w:rsidRPr="00B70995">
@@ -7618,139 +7633,179 @@
       </w:r>
       <w:r w:rsidRPr="00B70995">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">livret de famille </w:t>
       </w:r>
       <w:r w:rsidRPr="00B70995">
         <w:t>faisant apparaître l'état civil du ou des parents et du ou des enfants à</w:t>
       </w:r>
       <w:r w:rsidRPr="00B70995">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B70995">
         <w:t>charge.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00350BEE" w:rsidRPr="00B70995" w:rsidRDefault="00350BEE" w:rsidP="00350BEE">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00350BEE" w:rsidRPr="00B70995" w:rsidRDefault="00350BEE" w:rsidP="00350BEE">
+    <w:p w:rsidR="00350BEE" w:rsidRPr="00291FD4" w:rsidRDefault="00350BEE" w:rsidP="00350BEE">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1208"/>
         </w:tabs>
         <w:ind w:right="1103" w:hanging="255"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00B70995">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Un relevé d'identité bancaire complet au nom de l’apprenti </w:t>
       </w:r>
       <w:r w:rsidR="00AD1553">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">portant la mention « certifié conforme », daté et signé par l’apprenti </w:t>
-[...11 lines deleted...]
-        <w:t>d'année).</w:t>
+        <w:t>portant la mention « certifié conforme </w:t>
+      </w:r>
+      <w:r w:rsidR="00291FD4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">», daté et signé par l’apprenti ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00291FD4" w:rsidRDefault="00291FD4" w:rsidP="00291FD4">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00291FD4" w:rsidRPr="00291FD4" w:rsidRDefault="00291FD4" w:rsidP="00350BEE">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1208"/>
+        </w:tabs>
+        <w:ind w:right="1103" w:hanging="255"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00291FD4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le certificat de validité du RIB dûment compléter reprenant les données du RIB fourni. (document </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">joint </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00291FD4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">ci-dessous).  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00350BEE" w:rsidRPr="00B70995" w:rsidRDefault="00350BEE" w:rsidP="00350BEE">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00350BEE" w:rsidRPr="00B70995" w:rsidRDefault="00350BEE" w:rsidP="00350BEE">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1206"/>
         </w:tabs>
         <w:ind w:right="1101" w:hanging="284"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00B70995">
         <w:t xml:space="preserve">Photocopie de </w:t>
       </w:r>
       <w:r w:rsidRPr="00B70995">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>l'avis d'imposition ou de non-imposition 202</w:t>
       </w:r>
+      <w:r w:rsidR="00291FD4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70995">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70995">
+        <w:t xml:space="preserve">(revenus de l'année </w:t>
+      </w:r>
       <w:r w:rsidR="007C6CEF" w:rsidRPr="00B70995">
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00291FD4">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>4</w:t>
-      </w:r>
-[...13 lines deleted...]
-        <w:t>2023</w:t>
       </w:r>
       <w:r w:rsidRPr="00B70995">
         <w:t>) des parents ou du par</w:t>
       </w:r>
       <w:r w:rsidR="00F11B18" w:rsidRPr="00B70995">
         <w:t xml:space="preserve">ent ayant la charge de l’apprenti(e) </w:t>
       </w:r>
       <w:r w:rsidRPr="00B70995">
         <w:t>ou du tuteur légal et du</w:t>
       </w:r>
       <w:r w:rsidRPr="00B70995">
         <w:rPr>
           <w:spacing w:val="-17"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B70995">
         <w:t>concubin.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00350BEE" w:rsidRPr="00B70995" w:rsidRDefault="00350BEE" w:rsidP="00350BEE">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="11"/>
         <w:rPr>
@@ -7776,97 +7831,100 @@
       </w:r>
       <w:r w:rsidR="00F11B18" w:rsidRPr="00B70995">
         <w:t>’apprenti(e)</w:t>
       </w:r>
       <w:r w:rsidRPr="00B70995">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> est détaché</w:t>
       </w:r>
       <w:r w:rsidR="00F11B18" w:rsidRPr="00B70995">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>(e)</w:t>
       </w:r>
       <w:r w:rsidRPr="00B70995">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> du foyer fiscal parental </w:t>
       </w:r>
       <w:r w:rsidRPr="00B70995">
         <w:t>produire une photocopie de son avis d'imposition 202</w:t>
       </w:r>
+      <w:r w:rsidR="00291FD4">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70995">
+        <w:t xml:space="preserve"> (revenus de l'année</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B70995">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00103069" w:rsidRPr="00B70995">
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00291FD4">
         <w:t>4</w:t>
-      </w:r>
-[...10 lines deleted...]
-        <w:t>2023</w:t>
       </w:r>
       <w:r w:rsidRPr="00B70995">
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00350BEE" w:rsidRPr="00B70995" w:rsidRDefault="00350BEE" w:rsidP="00350BEE">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1969"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:right="1101" w:firstLine="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00B70995">
         <w:t xml:space="preserve">Pour les </w:t>
       </w:r>
       <w:r w:rsidRPr="00B70995">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>artisans, commerçants et agriculteurs déficitaires en 202</w:t>
       </w:r>
-      <w:r w:rsidR="007C6CEF" w:rsidRPr="00B70995">
+      <w:r w:rsidR="00291FD4">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00B70995">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B70995">
         <w:t>joindre une photocopie des avis d'imposition ou de non-imposition relatifs aux trois années précédant la demande.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00350BEE" w:rsidRPr="00B70995" w:rsidRDefault="00350BEE" w:rsidP="00350BEE">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="2"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00350BEE" w:rsidRPr="00B70995" w:rsidRDefault="00350BEE" w:rsidP="00350BEE">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
@@ -8018,121 +8076,1807 @@
       <w:r w:rsidR="00350BEE" w:rsidRPr="00B70995">
         <w:t xml:space="preserve"> nouvelle</w:t>
       </w:r>
       <w:r w:rsidR="00350BEE" w:rsidRPr="00B70995">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B70995">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>situation</w:t>
       </w:r>
       <w:r w:rsidR="00350BEE" w:rsidRPr="00B70995">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00350BEE" w:rsidRDefault="00350BEE" w:rsidP="00350BEE">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:spacing w:before="10"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DF0F7C" w:rsidRDefault="00DF0F7C" w:rsidP="00995CD1">
+    <w:p w:rsidR="00567F12" w:rsidRDefault="00567F12" w:rsidP="00995CD1">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:ind w:left="2268"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00DF0F7C" w:rsidSect="00B32FE6">
+    <w:p w:rsidR="00567F12" w:rsidRDefault="00567F12" w:rsidP="00995CD1">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:ind w:left="2268"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487594496" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4018943A" wp14:editId="09FB5DF9">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>235585</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>97790</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6511290" cy="840105"/>
+                <wp:effectExtent l="0" t="0" r="22860" b="17145"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2" name="Zone de texte 2"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6511290" cy="840105"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="lt1"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w:rsidR="00567F12" w:rsidRPr="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00567F12">
+                              <w:rPr>
+                                <w:b/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="36"/>
+                                <w:szCs w:val="36"/>
+                              </w:rPr>
+                              <w:t>TOUT DOSSIER INCOMPLET NE SERA PAS ETUDIĖ</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Zone de texte 2" o:spid="_x0000_s1038" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:18.55pt;margin-top:7.7pt;width:512.7pt;height:66.15pt;z-index:487594496;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCupLQclwIAAL4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vGyEQvVfqf0Dcm7VdO02srCM3UapK&#10;URLVqSL1hlmwUYGhgL3r/voO7K7tpLmk6mUXmMdj5s3HxWVjNNkKHxTYkg5PBpQIy6FSdlXS7483&#10;H84oCZHZimmwoqQ7Eejl7P27i9pNxQjWoCvhCZLYMK1dSdcxumlRBL4WhoUTcMKiUYI3LOLWr4rK&#10;sxrZjS5Gg8FpUYOvnAcuQsDT69ZIZ5lfSsHjvZRBRKJLir7F/PX5u0zfYnbBpivP3Frxzg32D14Y&#10;piw+uqe6ZpGRjVd/URnFPQSQ8YSDKUBKxUWOAaMZDl5Es1gzJ3IsKE5we5nC/6Pld9sHT1RV0hEl&#10;lhlM0Q9MFKkEiaKJgoySRLULU0QuHGJj8xkaTHV/HvAwRd5Ib9IfYyJoR7F3e4GRiXA8PJ0Mh6Nz&#10;NHG0nY0x4kmiKQ63nQ/xiwBD0qKkHhOYdWXb2xBbaA9JjwXQqrpRWudNKhpxpT3ZMky3jtlHJH+G&#10;0pbU6MnHySATP7PlsjswLFevMCCftuk5kcurcysp1CqRV3GnRcJo+01IlDcL8oqPjHNh935mdEJJ&#10;jOgtFzv8wau3XG7jwBv5ZbBxf9koC75V6bm01c9eGNniMYdHcadlbJZNrqtxXyhLqHZYPx7aJgyO&#10;3yhM8i0L8YF57DqsC5wk8R4/UgMmCboVJWvwv187T3hsBrRSUmMXlzT82jAvKNFfLbbJ+XA8Tm2f&#10;N+PJpxFu/LFleWyxG3MFWDlDnFmO52XCR90vpQfzhANnnl5FE7Mc3y5p7JdXsZ0tOLC4mM8zCBvd&#10;sXhrF44n6qRyKuHH5ol519V56rU76PudTV+Ue4tNNy3MNxGkyr2QdG5V7fTHIZG7qRtoaQod7zPq&#10;MHZnfwAAAP//AwBQSwMEFAAGAAgAAAAhAGE3C4/gAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPwkAQhe8m/ofNmHiTLVAoqd2SRmNMlMSIXLgN7dg2dmeb7gLl3zuc9DYz7+XN97L1aDt1osG3&#10;jg1MJxEo4tJVLdcGdl8vDytQPiBX2DkmAxfysM5vbzJMK3fmTzptQ60khH2KBpoQ+lRrXzZk0U9c&#10;TyzatxssBlmHWlcDniXcdnoWRUttsWX50GBPTw2VP9ujNfAW7/F5Ht7pEnj8KIrXVR/7jTH3d2Px&#10;CCrQGP7McMUXdMiF6eCOXHnVGZgnU3HKfRGDuurRcrYAdZApThLQeab/V8h/AQAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAK6ktByXAgAAvgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAGE3C4/gAAAACgEAAA8AAAAAAAAAAAAAAAAA8QQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD+BQAAAAA=&#10;" fillcolor="white [3201]" strokecolor="white [3212]" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w:rsidR="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w:rsidR="00567F12" w:rsidRPr="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00567F12">
+                        <w:rPr>
+                          <w:b/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="36"/>
+                          <w:szCs w:val="36"/>
+                        </w:rPr>
+                        <w:t>TOUT DOSSIER INCOMPLET NE SERA PAS ETUDIĖ</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRDefault="00567F12" w:rsidP="00995CD1">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:ind w:left="2268"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRDefault="00567F12" w:rsidP="00995CD1">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:ind w:left="2268"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRDefault="00567F12" w:rsidP="00995CD1">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:ind w:left="2268"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF0F7C" w:rsidRDefault="00DF0F7C" w:rsidP="00995CD1">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:ind w:left="2268"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRDefault="00567F12" w:rsidP="00995CD1">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:ind w:left="2268"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRDefault="00567F12" w:rsidP="00995CD1">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:ind w:left="2268"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRDefault="00567F12" w:rsidP="00995CD1">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:ind w:left="2268"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRDefault="00567F12">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRPr="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRPr="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+      <w:pPr>
+        <w:ind w:left="281"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487596544" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E772C2E" wp14:editId="1CE6C365">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>2492363</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>62865</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4221480" cy="1074420"/>
+                <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="3" name="Group 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4221480" cy="1074420"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="4221480" cy="1074420"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="4" name="Image 4"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId12" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="4221480" cy="1074420"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                      <wps:wsp>
+                        <wps:cNvPr id="5" name="Textbox 4"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="219455" y="204216"/>
+                            <a:ext cx="3680460" cy="609600"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w:rsidR="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+                              <w:pPr>
+                                <w:spacing w:before="95"/>
+                                <w:rPr>
+                                  <w:i/>
+                                  <w:color w:val="000000"/>
+                                </w:rPr>
+                              </w:pPr>
+                            </w:p>
+                            <w:p w:rsidR="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+                              <w:pPr>
+                                <w:ind w:left="5"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                                  <w:color w:val="000000"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                                  <w:color w:val="000000"/>
+                                </w:rPr>
+                                <w:t>CERTIFICAT</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="000000"/>
+                                  <w:spacing w:val="13"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                                  <w:color w:val="000000"/>
+                                </w:rPr>
+                                <w:t>DE</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="000000"/>
+                                  <w:spacing w:val="14"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                                  <w:color w:val="000000"/>
+                                </w:rPr>
+                                <w:t>VALIDITE</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="000000"/>
+                                  <w:spacing w:val="14"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                                  <w:color w:val="000000"/>
+                                </w:rPr>
+                                <w:t>D’UN</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="000000"/>
+                                  <w:spacing w:val="15"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                                  <w:color w:val="000000"/>
+                                  <w:spacing w:val="-5"/>
+                                </w:rPr>
+                                <w:t>RIB</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group id="Group 2" o:spid="_x0000_s1039" style="position:absolute;left:0;text-align:left;margin-left:196.25pt;margin-top:4.95pt;width:332.4pt;height:84.6pt;z-index:487596544;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:text" coordsize="42214,10744" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQCgn4v+1AIAAOYGAAAOAAAAZHJzL2Uyb0RvYy54bWykVW1P2zAQ/j5p/8Hy&#10;d8gLoSsRKdpgICS0ocF+gOM4iUX8Mttp03+/s5O0U7uJjVVqdI7P5+ee5+5yeTWIDq2ZsVzJAien&#10;MUZMUlVx2RT4+/PtyRIj64isSKckK/CWWXy1ev/ucqNzlqpWdRUzCIJIm290gVvndB5FlrZMEHuq&#10;NJOwWSsjiIOlaaLKkA1EF12UxvEi2ihTaaMosxbe3oybeBXi1zWj7mtdW+ZQV2DA5sLThGfpn9Hq&#10;kuSNIbrldIJB3oBCEC7h0l2oG+II6g0/CiU4Ncqq2p1SJSJV15yykANkk8QH2dwZ1euQS5NvGr2j&#10;Cag94OnNYemX9aNBvCrwGUaSCJAo3IpST81GNzl43Bn9pB/NmB+YD4q+WNiODvf9utk7D7UR/hCk&#10;iYbA+XbHORscovAyS9MkW4I0FPaS+EOWpZMqtAXpjs7R9vMrJyOSjxcHeDs4mtMc/hOJYB2R+Hqx&#10;wSnXG4anIOKvYghiXnp9Anpr4njJO+62oXZBWQ9Krh859ez6xV6PbNbjXpCGoczrMXt4f8//0fGy&#10;4/qWd51n3dsTUCj4g4L5Ta5jMd4o2gsm3dhdhnWAWUnbcm0xMjkTJYNiMfdVApJBZzuoGG24dGMr&#10;WWeYo62/vwYc36ABPVCS7zYC6D1On4Kdiut/6mWnOsm1se6OKYG8AVgBA1BNcrJ+sBOa2WXicAQQ&#10;kAEeX/cwjezMHqyO+PunhntqiWYAwYfdC3w+C/wMvVCqYZR48vH9htzwSUGLJGMr2j/xlCYX2TlE&#10;gwZK4yxNFqMUc4edLZZxtpg6bBFfLOLQYG8lDKRUHa/mKrOmKa87g9YEJuxt+PnrveJ7N+jEGb23&#10;3FAOYeacz5mVqtpCwhsYxAW2P3rim6y7l0C8n9qzYWajnA3jumsVZrtXWKqPvVM1Dyr7m8a4AMcv&#10;QNFghWEaIE6D30/rX9fBa/95Wv0EAAD//wMAUEsDBBQABgAIAAAAIQCqJg6+vAAAACEBAAAZAAAA&#10;ZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4SPQWrDMBBF94XcQcw+lp1FKMWyN6HgbUgOMEhjWcQa&#10;CUkt9e0jyCaBQJfzP/89ph///Cp+KWUXWEHXtCCIdTCOrYLr5Xv/CSIXZINrYFKwUYZx2H30Z1qx&#10;1FFeXMyiUjgrWEqJX1JmvZDH3IRIXJs5JI+lnsnKiPqGluShbY8yPTNgeGGKyShIk+lAXLZYzf+z&#10;wzw7TaegfzxxeaOQzld3BWKyVBR4Mg4fYddEtiCHXr48NtwBAAD//wMAUEsDBBQABgAIAAAAIQAR&#10;It/f4QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Ba4NAEIXvhf6HZQq9NasRm2pcQwhtT6HQ&#10;pFBym+hEJe6suBs1/76bU3N7w3u89022mnQrBuptY1hBOAtAEBembLhS8LP/eHkDYR1yia1hUnAl&#10;C6v88SHDtDQjf9Owc5XwJWxTVFA716VS2qImjXZmOmLvnUyv0fmzr2TZ4+jLdSvnQfAqNTbsF2rs&#10;aFNTcd5dtILPEcd1FL4P2/Npcz3s46/fbUhKPT9N6yUIR5P7D8MN36ND7pmO5sKlFa2CKJnHPqog&#10;SUDc/CBeRCCOXi2SEGSeyfsX8j8AAAD//wMAUEsDBAoAAAAAAAAAIQBrVgWkvAsAALwLAAAUAAAA&#10;ZHJzL21lZGlhL2ltYWdlMS5wbmeJUE5HDQoaCgAAAA1JSERSAAACtAAAALAIBgAAAP4w/eUAAAMA&#10;UExURQAAAMBQTYODg4SEhIWFhYaGhoeHh4iIiImJiYqKiouLi4yMjI2NjY6Ojo+Pj5CQkJGRkZKS&#10;kpOTk5SUlJWVlZaWlpeXl5iYmJmZmZqampubm5ycnJ2dnZ6enp+fn6CgoKGhoaKioqOjo6SkpKWl&#10;paampqenp6ioqKmpqaqqqqurq6ysrK2tra6urq+vr7CwsLGxsbKysrOzs7S0tLW1tba2tre3t7i4&#10;uLm5ubq6uru7u7y8vL29vb6+vr+/v8DAwMHBwcLCwsPDw8TExMXFxcbGxsfHx8jIyMnJycrKysvL&#10;y8zMzM3Nzc7Ozs/Pz9DQ0NHR0dLS0tPT09TU1NXV1dbW1tfX19jY2NnZ2dra2tvb29zc3N3d3d7e&#10;3t/f3+Dg4OHh4eLi4uPj4+Tk5OXl5ebm5ufn5+jo6Onp6erq6uvr6+zs7O3t7e7u7u/v7/Dw8PHx&#10;8fLy8vPz8/T09PX19fb29vf39/j4+Pn5+fr6+vv7+/z8/P39/f7+/v///wAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAGhh3fMAAAAGYktHRAD/AP8A/6C9p5MAAAAJ&#10;cEhZcwAADsQAAA7EAZUrDhsAAAhQSURBVHic7d2xiyRpGcDht3u6p3tmUjE9zDTV23Uvuv/g5MwE&#10;U8FAUBBBFE1EORDFA4ODi9TTSw4WDhQNT92L/APMDEyMDEW2u6sNtIqva7pmenZ3qr7XfR4oZme2&#10;m62Z6LfvfN9Xs/1+vw8AAEhqPvUNAADA8xC0AACkJmgBAEhN0AIAkJqgBQAgNUELAEBqghYAgNQE&#10;LQAAqQlaAABSE7QAAKQmaAEASE3QAgCQmqAFACA1QQsAQGqCFgCA1AQtAACpCVoAAFITtAAApCZo&#10;AQBIbTH1DdzmozffmPoWAAD+L73++MOpb+GFmO33+/3UN9EnYgEAxpc1cKsJWhELAFCHbGFbRdCK&#10;WQCA+mQJ20mDVsgCANSv9rCdLGhPidmPH74W8/n86DWbza5dAADczWf+8LuTXldz1E4StLfFbBmy&#10;Z2dnB1f7tX7ctoQtAMDp2hTc7/fxyuMPbnxtrVE7etDeFLNPHjy6FrGLxeLaVYZtf0IraAEATrff&#10;77uobZommqaJT/7mV4OvrzFqRw3a22K2jNjlctl9PD8/7z4vo7YNWlNaAIC7KROwjdo2aHe7XVy9&#10;+87ge2uL2tGCdihm//S5hwcT2TJgz8/PY7VadZ+3Vxm05XraCDELAHAXbcyWUbvb7WK73Ub87CeD&#10;76spaid9UlgZs4vFIs7Pz7trtVrFer3ugna1WglaAIAXqFw/21673S6apontdhvb73wv/vWjH0x8&#10;l7cbZUI7NJ39+OFrB1PZMmQvLi66oG2vftD2TzuIELQAAKfqLztomqaL2nZKu9ls4p/f/+7R99cy&#10;pb33Ce1QzD558CgW/4vZ5XLZhex6vY7Ly8suaMsp7bGNYWIWAOD59JcdHExpt9s4f+vH8Y9vf2vq&#10;2xx07xPaY0H751c/f7Dha7VaxcXFRVxcXMTl5eW1oG2nt2XM9jeDiVkAgGfTX3pQbg7b7Xax2Wzi&#10;6dOn8fdvfuPae2uY0k6yhnY+n3dxulwuuyUGbcweC9r29UPHdbWELQDAafpzzf7xXW3UtnuXanWv&#10;E9pj09knDx4drJktI/bq6iqurq4OgrY/mW0fphARprMAAC/Ibcd4bTab2Gw28devfuXae6ee0o4+&#10;oW0nrOWpBv0JbbkhbGgTWMTxkBW3AACna0O2bKg2aNslnm2DtUPF2owatE8ePIpl75iu8lSD/skG&#10;7XTWBjAAgPsxNCAsN4nV3l/3FrTHlhsMTWfLM2fLI7osMwAAGF8bsWXYtl597/34y5e/NOHdXTfq&#10;hLYM2jJq22ls+USwfswKWQCAcbS9VU5na11uEBEx6p2VTwUrN4aV13K5PHgKmJgFAJhG2WDletq+&#10;oecOjGXUoC0ntMeC1kMTAADqcixqazPqHc1ms2762i4ruGmJgZgFAJheP2prU19iAwDAHYy+5KBd&#10;dlBuDms/7y81qPV/AQAAL5uaf3M+adD2Q7a8avxhAQBQn1GP7Sp3x7VhW37sr50FAKAetTba6JvC&#10;+lFbPkqtvxGs1h8aAAD1mDRo++eZCVgAAO5qkqAdusrXAADAKSY9tqsMVyELAMCzqGZCCwAAz8KD&#10;FQAASE3QAgCQmqAFACA1QQsAQGqCFgCA1AQtAACpCVoAAFITtAAApCZoAQBITdACAJCaoAUAIDVB&#10;CwBAaoIWAIDUBC0AAKkJWgAAUhO0AACkJmgBAEhN0AIAkJqgBQAgNUELAEBqghYAgNQELQAAqQla&#10;AABSE7QAAKQmaAEASE3QAgCQmqAFACA1QQsAQGqCFgCA1AQtAACpCVoAAFITtAAApCZoAQBITdAC&#10;AJCaoAUAIDVBCwBAaoIWAIDUBC0AAKkJWgAAUhO0AACkJmgBAEhN0AIAkJqgBQAgNUELAEBqghYA&#10;gNQELQAAqQlaAABSE7QAAKQmaAEASE3QAgCQmqAFACA1QQsAQGqCFgCA1AQtAACpCVoAAFITtAAA&#10;pCZoAQBITdACAJCaoAUAIDVBCwBAaoIWAIDUBC0AAKkJWgAAUhO0AACkJmgBAEhN0AIAkJqgBQAg&#10;NUELAEBqghYAgNQELQAAqQlaAABSE7QAADyX1x9/OOm/L2gBAEjt3oJ2qNT3+/3RCwCA+v3xi1+Y&#10;+hauGXVC++nf/3bw74QtAADPYvQlB7dNaEUtAAB3MXrQvvL4gy5im6Y5GraiFgCgPh+9+ca1r029&#10;ISzinoN26BtsmqaL2fLPlh0AAHBXk5xy8In3fhFN08Rut+uC9ti0VtwCANSh1ulsxAhBO/SN7na7&#10;g6sftQAA1OFYzNZksnNor959J7bbbXcNha24BQCoTy3T2YiRgnboG569/dPYbDYHUVuurW2JWgCA&#10;adQ+nY0YcUI7FLX/fuuHsdlsjoZtG7cAAIxvKGZrms5GRMz2IxfjTZX/qbd/Huv1OtbrdSwWi1gs&#10;FnF2dhaz2Sxms1lERPcRAID7cVOv1RazEROuoT3mb1//WjetLdfUOqMWAGAc2WI2YoIJbeuU9Rif&#10;/eWvuyntfD6P+fy//d2f0praAgA8u1O6rNaYjZgwaCNyLDIGAHjZ1RyzERMvOaj9hwMA8LLL0GuT&#10;TmhLprUAAPXIELKtaoK2JWwBAKaTKWRb1QVtSdwCANy/jBFbqjpoAQDgNlWdQwsAAHclaAEASE3Q&#10;AgCQmqAFACA1QQsAQGqCFgCA1AQtAACpCVoAAFITtAAApCZoAQBITdACAJCaoAUAIDVBCwBAaoIW&#10;AIDUBC0AAKkJWgAAUhO0AACkJmgBAEhN0AIAkJqgBQAgNUELAEBqghYAgNQELQAAqQlaAABSE7QA&#10;AKQmaAEASE3QAgCQmqAFACA1QQsAQGqCFgCA1AQtAACpCVoAAFL7D7neyOTZoH/HAAAAAElFTkSu&#10;QmCCUEsBAi0AFAAGAAgAAAAhALGCZ7YKAQAAEwIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA7AQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAoJ+L/tQCAADmBgAADgAAAAAAAAAAAAAAAAA6AgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAAAAAAAAAAAAAAA6&#10;BQAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLAQItABQABgAIAAAAIQARIt/f4QAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAAC0GAABkcnMvZG93bnJldi54bWxQSwECLQAKAAAAAAAAACEAa1YFpLwLAAC8&#10;CwAAFAAAAAAAAAAAAAAAAAA7BwAAZHJzL21lZGlhL2ltYWdlMS5wbmdQSwUGAAAAAAYABgB8AQAA&#10;KRMAAAAA&#10;">
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="Image 4" o:spid="_x0000_s1040" type="#_x0000_t75" style="position:absolute;width:42214;height:10744;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQAEqzleAAEAAOYBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU5ZIISSdEHKEipUDjCyJ4lFMrY8bmhvj9O0G0SRWNoz/78nu1wfxkFMGNg6quQqL6RA&#10;0s5Y6ir5sXvJHqXgCGRgcISVPCLLdX17U+6OHlmkNHEl+xj9k1KsexyBc+eR0qR1YYSYjqFTHvQn&#10;dKjui+JBaUcRKWZx7pB12WAL+yGKzSFdLyYBB5bieVmcWZUE7werISZTNZH5QcnOhDwlTzvcW893&#10;SUOqXwnz5DrgnHtLTxOsQbGFEF9hTBrKBFbe6rgPmLbyv3tm0ZEz17ZWY94E3i7Ji9g1gHFfFHD6&#10;b3uTYu84XdrV6ZfqbwAAAP//AwBQSwMEFAAGAAgAAAAhAAjDGKTUAAAAkwEAAAsAAABfcmVscy8u&#10;cmVsc6SQwWrDMAyG74O+g9F9cdrDGKNOb4NeSwu7GltJzGLLSG7avv1M2WAZve2oX+j7xL/dXeOk&#10;ZmQJlAysmxYUJkc+pMHA6fj+/ApKik3eTpTQwA0Fdt3qaXvAyZZ6JGPIoioliYGxlPymtbgRo5WG&#10;Mqa66YmjLXXkQWfrPu2AetO2L5p/M6BbMNXeG+C934A63nI1/2HH4JiE+tI4ipr6PrhHVO3pkg44&#10;V4rlAYsBz3IPGeemPgf6sXf9T28OrpwZP6phof7Oq/nHrhdVdl8AAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAASAAAAZHJzL3BpY3R1cmV4bWwueG1ssrGvyM1RKEstKs7Mz7NVMtQzUFJI&#10;zUvOT8nMS7dVCg1x07VQUiguScxLSczJz0u1VapMLVayt+PlAgAAAP//AwBQSwMEFAAGAAgAAAAh&#10;AGEh9EHEAAAA2gAAAA8AAABkcnMvZG93bnJldi54bWxEj0FrwkAUhO8F/8PyhF6KbiJSJLqKCIpQ&#10;etBWxNsz+0yi2bdhd2viv3cLhR6HmfmGmS06U4s7OV9ZVpAOExDEudUVFwq+v9aDCQgfkDXWlknB&#10;gzws5r2XGWbatryj+z4UIkLYZ6igDKHJpPR5SQb90DbE0btYZzBE6QqpHbYRbmo5SpJ3abDiuFBi&#10;Q6uS8tv+xyhI3qg4pB+uajfH/LqanD9PqQ1Kvfa75RREoC78h//aW61gDL9X4g2Q8ycAAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhAASrOV4AAQAA5gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEACMMYpNQAAACTAQAACwAAAAAAAAAAAAAAAAAxAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAEgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L3BpY3R1cmV4bWwueG1sUEsBAi0AFAAGAAgAAAAhAGEh9EHEAAAA2gAAAA8AAAAAAAAAAAAAAAAA&#10;nwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPcAAACQAwAAAAA=&#10;">
+                  <v:imagedata r:id="rId13" o:title=""/>
+                </v:shape>
+                <v:shape id="Textbox 4" o:spid="_x0000_s1041" type="#_x0000_t202" style="position:absolute;left:2194;top:2042;width:36805;height:6096;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAUd6xOsIA&#10;AADaAAAADwAAAGRycy9kb3ducmV2LnhtbESPT4vCMBTE7wt+h/AEL4umCspSjeJf8OAedMXzo3m2&#10;xealJNHWb28EYY/DzPyGmS1aU4kHOV9aVjAcJCCIM6tLzhWc/3b9HxA+IGusLJOCJ3lYzDtfM0y1&#10;bfhIj1PIRYSwT1FBEUKdSumzggz6ga2Jo3e1zmCI0uVSO2wi3FRylCQTabDkuFBgTeuCstvpbhRM&#10;Nu7eHHn9vTlvD/hb56PL6nlRqtdtl1MQgdrwH/6091rBGN5X4g2Q8xcAAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhAPD3irv9AAAA4gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAMd1fYdIAAACPAQAACwAAAAAAAAAAAAAAAAAuAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAEAAAAAAAAAAAAAAAAAApAgAAZHJzL3NoYXBleG1s&#10;LnhtbFBLAQItABQABgAIAAAAIQBR3rE6wgAAANoAAAAPAAAAAAAAAAAAAAAAAJgCAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABAD1AAAAhwMAAAAA&#10;" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w:rsidR="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+                        <w:pPr>
+                          <w:spacing w:before="95"/>
+                          <w:rPr>
+                            <w:i/>
+                            <w:color w:val="000000"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                      <w:p w:rsidR="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+                        <w:pPr>
+                          <w:ind w:left="5"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                            <w:color w:val="000000"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                            <w:color w:val="000000"/>
+                          </w:rPr>
+                          <w:t>CERTIFICAT</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="000000"/>
+                            <w:spacing w:val="13"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                            <w:color w:val="000000"/>
+                          </w:rPr>
+                          <w:t>DE</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="000000"/>
+                            <w:spacing w:val="14"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                            <w:color w:val="000000"/>
+                          </w:rPr>
+                          <w:t>VALIDITE</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="000000"/>
+                            <w:spacing w:val="14"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                            <w:color w:val="000000"/>
+                          </w:rPr>
+                          <w:t>D’UN</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="000000"/>
+                            <w:spacing w:val="15"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+                            <w:color w:val="000000"/>
+                            <w:spacing w:val="-5"/>
+                          </w:rPr>
+                          <w:t>RIB</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <w10:wrap anchorx="page"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="396B817E" wp14:editId="6C539B3C">
+            <wp:extent cx="1638071" cy="762000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="7" name="Image 7"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name="Image 1"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId14" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1638071" cy="762000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRPr="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRPr="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRPr="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRPr="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+      <w:pPr>
+        <w:spacing w:before="212"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRPr="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+      <w:pPr>
+        <w:ind w:left="1137"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Je </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>soussigné,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRPr="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+      <w:pPr>
+        <w:spacing w:before="236"/>
+        <w:ind w:left="1137"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Prénom</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>et</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Nom</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>raison</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>sociale</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRPr="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+      <w:pPr>
+        <w:spacing w:before="239"/>
+        <w:ind w:left="1154"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>............................................................................................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRPr="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+      <w:pPr>
+        <w:spacing w:before="75"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRPr="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+      <w:pPr>
+        <w:ind w:left="1137"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Fonction</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>au</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>sein</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>l’entreprise</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>l’association</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRPr="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+      <w:pPr>
+        <w:spacing w:before="38"/>
+        <w:ind w:left="1154"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>............................................................................................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRPr="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+      <w:pPr>
+        <w:spacing w:before="74"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRPr="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="1137"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Adresse</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRPr="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+      <w:pPr>
+        <w:spacing w:before="37"/>
+        <w:ind w:left="1154"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>............................................................................................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRPr="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+      <w:pPr>
+        <w:spacing w:before="65" w:line="584" w:lineRule="exact"/>
+        <w:ind w:left="1137" w:right="329" w:firstLine="16"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>............................................................................................................................................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="80"/>
+          <w:w w:val="150"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>SIRET / SIREN :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRPr="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+      <w:pPr>
+        <w:spacing w:line="219" w:lineRule="exact"/>
+        <w:ind w:left="1154"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>............................................................................................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRPr="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRPr="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1137" w:right="1058"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Atteste qu’il est bien le titulaire du compte bancaire ci-dessous (remplir les cases ci-dessous et joindre obligatoirement le RIB au format PDF) :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRPr="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+      <w:pPr>
+        <w:spacing w:before="201"/>
+        <w:ind w:left="1137"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487597568" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="11E9D71D" wp14:editId="52EE25A9">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>902210</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>1086138</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3114675" cy="140335"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="6" name="Textbox 5"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3114675" cy="140335"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w:rsidR="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+                            <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="4535"/>
+                              </w:tabs>
+                              <w:spacing w:line="217" w:lineRule="exact"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                              </w:rPr>
+                              <w:t>BANQUE</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:tab/>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-5"/>
+                              </w:rPr>
+                              <w:t>BIC</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Textbox 5" o:spid="_x0000_s1042" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:71.05pt;margin-top:85.5pt;width:245.25pt;height:11.05pt;z-index:-15718912;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCi4SrQqwEAAEYDAAAOAAAAZHJzL2Uyb0RvYy54bWysUlFv2yAQfp/U/4B4b2w3bTZZcapt1aZK&#10;1Tap7Q/AGGI0wzGOxM6/70GctNreqr3AAR/ffd/drW8nO7C9CmjANbxalJwpJ6Ezbtvw56dvl584&#10;wyhcJwZwquEHhfx2c/FhPfpaXUEPQ6cCIxKH9egb3sfo66JA2SsrcAFeOXrUEKyIdAzbogtiJHY7&#10;FFdluSpGCJ0PIBUi3d4dH/km82utZPypNarIhoaTtpjXkNc2rcVmLeptEL43cpYh3qHCCuMo6Znq&#10;TkTBdsH8Q2WNDICg40KCLUBrI1X2QG6q8i83j73wKnuh4qA/lwn/H638sf8VmOkavuLMCUstelJT&#10;bGFiN6k4o8eaMI+eUHH6AhM1ORtF/wDyNxKkeIM5fkBCp2JMOti0k01GH6n+h3PNKQmTdLmsquvV&#10;xxvOJL1V1+VymfMWr799wPhdgWUpaHignmYFYv+AMeUX9QkyiznmT7Li1E6zu9lMC92BvIzU8obj&#10;n50IirPh3lFN03ycgnAK2lMQ4vAV8hQlSw4+7yJokwWkTEfeWQA1K+uaBytNw9tzRr2O/+YFAAD/&#10;/wMAUEsDBBQABgAIAAAAIQAk+vX34QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqJMU0hLiVKio4oB6aAGpRzc2cUS8jmw3df+e5QS3nd3R7Jt6lezAJu1D71BAPsuAaWyd&#10;6rET8PG+uVsCC1GikoNDLeCiA6ya66taVsqdcaenfewYhWCopAAT41hxHlqjrQwzN2qk25fzVkaS&#10;vuPKyzOF24EXWVZyK3ukD0aOem10+70/WQGf63Hzlg5GbqcH9fpSLHYX3yYhbm/S8xOwqFP8M8Mv&#10;PqFDQ0xHd0IV2ED6vsjJSsMip1LkKOdFCexIm8d5Dryp+f8OzQ8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAouEq0KsBAABGAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAJPr19+EAAAALAQAADwAAAAAAAAAAAAAAAAAFBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAABMFAAAAAA==&#10;" filled="f" stroked="f">
+                <v:path arrowok="t"/>
+                <v:textbox inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:p w:rsidR="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+                      <w:pPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="4535"/>
+                        </w:tabs>
+                        <w:spacing w:line="217" w:lineRule="exact"/>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:spacing w:val="-2"/>
+                        </w:rPr>
+                        <w:t>BANQUE</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:tab/>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:spacing w:val="-5"/>
+                        </w:rPr>
+                        <w:t>BIC</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>IBAN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRPr="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="10"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487598592" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1527B218" wp14:editId="2EE7F333">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="page">
+              <wp:posOffset>740663</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>89326</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="5394960" cy="792479"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapTopAndBottom/>
+            <wp:docPr id="8" name="Image 8"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="6" name="Image 6"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId15" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5394960" cy="792479"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="10"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487599616" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1369B303" wp14:editId="59053881">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="page">
+              <wp:posOffset>906780</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>1124122</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2170175" cy="463296"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapTopAndBottom/>
+            <wp:docPr id="9" name="Image 9"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="7" name="Image 7"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId16" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2170175" cy="463296"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="10"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487600640" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="38559278" wp14:editId="45E0C4C2">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="page">
+              <wp:posOffset>3764279</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>1124122</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="2170175" cy="463296"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapTopAndBottom/>
+            <wp:docPr id="10" name="Image 10"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="8" name="Image 8"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId16" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2170175" cy="463296"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRPr="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+      <w:pPr>
+        <w:spacing w:before="127"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRPr="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRPr="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+      <w:pPr>
+        <w:spacing w:before="178"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRPr="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+      <w:pPr>
+        <w:ind w:left="1137"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>qu’il</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s’agit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>d’un</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRPr="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2836"/>
+          <w:tab w:val="left" w:pos="4466"/>
+          <w:tab w:val="left" w:pos="6808"/>
+          <w:tab w:val="left" w:pos="6856"/>
+        </w:tabs>
+        <w:spacing w:before="206" w:line="679" w:lineRule="auto"/>
+        <w:ind w:left="2839" w:right="3458" w:hanging="1702"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Nouveau RIB</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:position w:val="-11"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5AE92509" wp14:editId="3D3EACF3">
+            <wp:extent cx="371855" cy="226171"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="15" name="Image 15"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="9" name="Image 9"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId17" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="371855" cy="226171"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Changement de RIB</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:position w:val="-11"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="287DC896" wp14:editId="7C84E1F4">
+            <wp:extent cx="371856" cy="226791"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="16" name="Image 16"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="10" name="Image 10"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId18" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="371856" cy="226791"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:position w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Date :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Signature</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+      <w:pPr>
+        <w:spacing w:before="46"/>
+        <w:ind w:left="2839"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Cachet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(pour</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>les</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>entreprises)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+      <w:pPr>
+        <w:spacing w:before="46"/>
+        <w:ind w:left="2839"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRPr="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+      <w:pPr>
+        <w:spacing w:before="46"/>
+        <w:ind w:left="2839"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRPr="00567F12" w:rsidRDefault="00567F12" w:rsidP="00567F12">
+      <w:pPr>
+        <w:ind w:left="4" w:right="126"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Article 313-1 du Code pénal :</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00567F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>L'escroquerie est le fait, soit par l'usage d'un faux nom ou d'une fausse qualité, soit par l'abus d'une qualité vraie, soit par l'emploi de manœuvres frauduleuses, de tromper une personne physique ou morale et de la déterminer ainsi, à son préjudice ou au préjudice d'un tiers, à remettre des fonds, des valeurs ou un bien quelconque, à fournir un service ou à consentir un acte opérant obligation ou décharge. L’escroquerie est punie de cinq ans d'emprisonnement et de 375 000 euros d'amende.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567F12" w:rsidRDefault="00567F12" w:rsidP="00995CD1">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:ind w:left="2268"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00567F12" w:rsidSect="00567F12">
       <w:pgSz w:w="11900" w:h="16840"/>
-      <w:pgMar w:top="1985" w:right="580" w:bottom="280" w:left="460" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="284" w:right="580" w:bottom="142" w:left="460" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00FE3B2B" w:rsidRDefault="00FE3B2B" w:rsidP="00784569">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="00FE3B2B" w:rsidRDefault="00FE3B2B" w:rsidP="00784569">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial Black">
+    <w:panose1 w:val="020B0A04020102020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00FE3B2B" w:rsidRDefault="00FE3B2B" w:rsidP="00784569">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="00FE3B2B" w:rsidRDefault="00FE3B2B" w:rsidP="00784569">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
@@ -9046,88 +10790,90 @@
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="16385"/>
+    <o:shapedefaults v:ext="edit" spidmax="18433"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DF0F7C"/>
     <w:rsid w:val="00005DE2"/>
     <w:rsid w:val="000906AD"/>
     <w:rsid w:val="00103069"/>
     <w:rsid w:val="001840B1"/>
     <w:rsid w:val="0025625F"/>
     <w:rsid w:val="00273814"/>
     <w:rsid w:val="00280BA4"/>
+    <w:rsid w:val="00291FD4"/>
     <w:rsid w:val="002A30F7"/>
     <w:rsid w:val="002B6B3A"/>
     <w:rsid w:val="002C2DD7"/>
     <w:rsid w:val="00303E3C"/>
     <w:rsid w:val="00331947"/>
     <w:rsid w:val="00350BEE"/>
     <w:rsid w:val="00387130"/>
     <w:rsid w:val="003C259E"/>
     <w:rsid w:val="003E49D2"/>
     <w:rsid w:val="00472171"/>
     <w:rsid w:val="004D68DD"/>
     <w:rsid w:val="00510752"/>
+    <w:rsid w:val="00567F12"/>
     <w:rsid w:val="00573A62"/>
     <w:rsid w:val="005768FC"/>
     <w:rsid w:val="00631477"/>
     <w:rsid w:val="00683F66"/>
     <w:rsid w:val="006D1F05"/>
     <w:rsid w:val="00745287"/>
     <w:rsid w:val="00784569"/>
     <w:rsid w:val="007A1DB9"/>
     <w:rsid w:val="007C6CEF"/>
     <w:rsid w:val="00817D92"/>
     <w:rsid w:val="008226DB"/>
     <w:rsid w:val="00827E4B"/>
     <w:rsid w:val="00877D72"/>
     <w:rsid w:val="00884A6F"/>
     <w:rsid w:val="00995CD1"/>
     <w:rsid w:val="00995D91"/>
     <w:rsid w:val="009A72BE"/>
     <w:rsid w:val="00A04951"/>
     <w:rsid w:val="00A70309"/>
     <w:rsid w:val="00AD1553"/>
     <w:rsid w:val="00B06474"/>
     <w:rsid w:val="00B32FE6"/>
     <w:rsid w:val="00B55046"/>
     <w:rsid w:val="00B705D4"/>
     <w:rsid w:val="00B70995"/>
@@ -9144,51 +10890,51 @@
     <w:rsid w:val="00EC0CE9"/>
     <w:rsid w:val="00EF0A0F"/>
     <w:rsid w:val="00F11B18"/>
     <w:rsid w:val="00F242DF"/>
     <w:rsid w:val="00F70D91"/>
     <w:rsid w:val="00F82577"/>
     <w:rsid w:val="00FE1846"/>
     <w:rsid w:val="00FE3B2B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="16385"/>
+    <o:shapedefaults v:ext="edit" spidmax="18433"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
@@ -9879,51 +11625,51 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PieddepageCar">
     <w:name w:val="Pied de page Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Pieddepage"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00784569"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:inser@aube.fr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:inser@aube.fr" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:inser@aube.fr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:inser@aube.fr" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10169,76 +11915,76 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>6435</Characters>
+  <Pages>4</Pages>
+  <Words>1438</Words>
+  <Characters>7910</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>53</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>65</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>formulaire-prime-apprentissage</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7589</CharactersWithSpaces>
+  <CharactersWithSpaces>9330</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>formulaire-prime-apprentissage</dc:title>
   <dc:creator>saussard</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2022-07-21T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>PDFCreator 3.0.2.8660</vt:lpwstr>